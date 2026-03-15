--- v0 (2025-12-07)
+++ v1 (2026-03-15)
@@ -5,921 +5,1212 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\11_serveur_commun\Echanges\Echange-perenne\Budget_vert\Budget vert\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\srv-data.reseaux.lan\partages\11_serveur_commun\Echanges\Echange-perenne\Budget_vert\Budget vert\Budget vert_2025\Versions communes\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94D831F2-BDDE-4A75-9A65-667917AD5536}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6DD60720-8477-4BD6-A31A-DBD7FF111F2F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Evaluation" sheetId="1" r:id="rId1"/>
     <sheet name="Grille" sheetId="2" r:id="rId2"/>
     <sheet name="data" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="Achat\Entretien_vehicules">data!$D$3:$D$4</definedName>
     <definedName name="Agriculture_et_alimentation">data!$F$3:$F$5</definedName>
-    <definedName name="Amenagements_exterieurs">Grille!$B$103</definedName>
-    <definedName name="Amenagements_exterieurs_s">Grille!$C$99:$C$102</definedName>
+    <definedName name="Amenagements_exterieurs">Grille!$B$118</definedName>
+    <definedName name="Amenagements_exterieurs_s_1">Grille!$C$114:$C$117</definedName>
+    <definedName name="Amenagements_exterieurs_s_6">Grille!$E$114:$E$117</definedName>
+    <definedName name="Autres_fonciers_6">Grille!$E$111</definedName>
     <definedName name="Batiment">data!$C$3:$C$8</definedName>
     <definedName name="Batiment2">data!$C$3:$C$5</definedName>
-    <definedName name="Catégorie">Grille!$A$31:$A$95</definedName>
+    <definedName name="Catégorie">Grille!$A$32:$A$106</definedName>
     <definedName name="Catégorie2">OFFSET(data!$A$2,0,0,COUNTA(data!$A:$A)-1)</definedName>
-    <definedName name="Construction_de_batiment_economique">Grille!$C$26:$C$29</definedName>
-[...36 lines deleted...]
-    <definedName name="souscat8">Grille!$B$103</definedName>
+    <definedName name="Construction_de_batiment_economique_1">Grille!$C$27:$C$30</definedName>
+    <definedName name="Construction_de_batiment_economique_6">Grille!$E$27:$E$30</definedName>
+    <definedName name="Construction_nouveaux_batiments_municipaux_intercommunaux_1">Grille!$C$3:$C$6</definedName>
+    <definedName name="Construction_nouveaux_batiments_municipaux_intercommunaux_6">Grille!$E$3:$E$6</definedName>
+    <definedName name="Dispositifs_agricoles_1">Grille!$C$64:$C$67</definedName>
+    <definedName name="Dispositifs_agricoles_6">Grille!$E$64:$E$67</definedName>
+    <definedName name="Eau">data!$K$3:$K$4</definedName>
+    <definedName name="Equipements">data!$H$3:$H$7</definedName>
+    <definedName name="Equipements_electroniques_et_electromenagers_1">Grille!$C$102:$C$104</definedName>
+    <definedName name="Equipements_et_infrastructures_de_collecte_1">Grille!$C$74:$C$75</definedName>
+    <definedName name="Equipements_et_infrastructures_de_collecte_6">Grille!$E$74:$E$77</definedName>
+    <definedName name="Equipements_et_infrastructures_de_traitement_1">Grille!$C$79:$C$80</definedName>
+    <definedName name="Equipements_et_infrastructures_de_traitement_6">Grille!$E$79:$E$82</definedName>
+    <definedName name="Foncier">data!$I$3:$I$5</definedName>
+    <definedName name="Foncier_agricole_6">Grille!$E$107</definedName>
+    <definedName name="Foncier_economique_6">Grille!$E$109</definedName>
+    <definedName name="Foret_et_bois_1">Grille!$C$69:$C$71</definedName>
+    <definedName name="Foret_et_bois_6">Grille!$E$69:$E$71</definedName>
+    <definedName name="Infrastructures_production_d_energie_1">data!$J$3</definedName>
+    <definedName name="L_entretien_de_voirie_1">Grille!$C$47:$C$50</definedName>
+    <definedName name="L_entretien_de_voirie_6">Grille!$E$47:$E$50</definedName>
+    <definedName name="La_construction_de_voirie_1">Grille!$C$42:$C$45</definedName>
+    <definedName name="La_construction_de_voirie_6">Grille!$E$42:$E$45</definedName>
+    <definedName name="Les_aides_aux_exploitations_agricole">Grille!$C$64:$C$67</definedName>
+    <definedName name="Les_equipements_immobiliers_1">Grille!$C$88:$C$91</definedName>
+    <definedName name="Les_equipements_immobiliers_6">Grille!$E$88:$E$91</definedName>
+    <definedName name="Les_equipements_mobiliers_1">Grille!$C$85:$C$86</definedName>
+    <definedName name="Les_equipements_vegetaux_1">Grille!$C$93:$C$95</definedName>
+    <definedName name="Les_equipements_vegetaux_6">Grille!$E$93:$E$96</definedName>
+    <definedName name="Materiel_et_outils_technique_1">Grille!$C$98:$C$100</definedName>
+    <definedName name="Rehabilitation\renovation_de_batiment_economique_1">Grille!$C$22:$C$25</definedName>
+    <definedName name="Rehabilitation\renovation_de_batiment_economique_6">Grille!$E$22:$E$25</definedName>
+    <definedName name="Rehabilitation_batiments_municipaux_intercommunaux_1">Grille!$C$8:$C$10</definedName>
+    <definedName name="Rehabilitation_batiments_municipaux_intercommunaux_6">Grille!$E$8:$E$11</definedName>
+    <definedName name="Renovation_des_batiments_municipaux_intercommunaux_1">Grille!$C$13:$C$16</definedName>
+    <definedName name="Renovation_des_batiments_municipaux_intercommunaux_6">Grille!$E$13:$E$16</definedName>
+    <definedName name="Réseau_eau_1">Grille!$C$125:$C$126</definedName>
+    <definedName name="Réseau_eau_6">Grille!$E$125:$E$126</definedName>
+    <definedName name="Reseaux_1">Grille!$C$56:$C$57</definedName>
+    <definedName name="Reseaux_6">Grille!$E$56:$E$57</definedName>
+    <definedName name="Reseaux_eclairage_public_1">Grille!$C$52:$C$54</definedName>
+    <definedName name="Reseaux_eclairage_public_6">Grille!$E$52:$E$54</definedName>
+    <definedName name="Restauration_1">Grille!$C$60:$C$62</definedName>
+    <definedName name="Restauration_6">Grille!$E$60:$E$62</definedName>
+    <definedName name="souscat1">Grille!$B$3:$B$31</definedName>
+    <definedName name="souscat2">Grille!$B$33:$B$40</definedName>
+    <definedName name="souscat3">Grille!$B$42:$B$59</definedName>
+    <definedName name="souscat4">Grille!$B$60:$B$72</definedName>
+    <definedName name="souscat5">Grille!$B$78:$B$83</definedName>
+    <definedName name="souscat6">Grille!$B$87:$B$105</definedName>
+    <definedName name="souscat7">Grille!$B$108:$B$112</definedName>
+    <definedName name="souscat8">Grille!$B$118</definedName>
+    <definedName name="souscat9">Grille!$B$124:$B$127</definedName>
     <definedName name="test1">data!$C$3:$J$6</definedName>
     <definedName name="Traitement_dechets">data!$G$3:$G$4</definedName>
-    <definedName name="Transports\Infrasctructures_de_transports">data!#REF!</definedName>
-[...2 lines deleted...]
-    <definedName name="Vehicules_lourds">Grille!$C$36:$C$38</definedName>
+    <definedName name="Traitement_des_eaux_usées_6">Grille!$E$120:$E$123</definedName>
+    <definedName name="Travaux_amelioration_batiments\infrastructures_1">Grille!$C$18:$C$20</definedName>
+    <definedName name="Vehicules_legers_1">Grille!$C$33:$C$35</definedName>
+    <definedName name="Vehicules_lourds_1">Grille!$C$37:$C$39</definedName>
     <definedName name="Voirie_et_reseaux">data!$E$3:$E$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E3" i="4" l="1" a="1"/>
+  <c r="W163" i="1" l="1"/>
+  <c r="X163" i="1" s="1"/>
+  <c r="V163" i="1"/>
+  <c r="R163" i="1"/>
+  <c r="S163" i="1" s="1"/>
+  <c r="T163" i="1" s="1"/>
+  <c r="Z163" i="1" s="1" a="1"/>
+  <c r="Z163" i="1" s="1"/>
+  <c r="W158" i="1"/>
+  <c r="X158" i="1" s="1"/>
+  <c r="V158" i="1"/>
+  <c r="R158" i="1"/>
+  <c r="S158" i="1" s="1"/>
+  <c r="T158" i="1" s="1"/>
+  <c r="Z158" i="1" s="1" a="1"/>
+  <c r="Z158" i="1" s="1"/>
+  <c r="W153" i="1"/>
+  <c r="X153" i="1" s="1"/>
+  <c r="V153" i="1"/>
+  <c r="R153" i="1"/>
+  <c r="S153" i="1" s="1"/>
+  <c r="T153" i="1" s="1"/>
+  <c r="Z153" i="1" s="1" a="1"/>
+  <c r="Z153" i="1" s="1"/>
+  <c r="W148" i="1"/>
+  <c r="X148" i="1" s="1"/>
+  <c r="V148" i="1"/>
+  <c r="R148" i="1"/>
+  <c r="S148" i="1" s="1"/>
+  <c r="T148" i="1" s="1"/>
+  <c r="Z148" i="1" s="1" a="1"/>
+  <c r="Z148" i="1" s="1"/>
+  <c r="W143" i="1"/>
+  <c r="X143" i="1" s="1"/>
+  <c r="V143" i="1"/>
+  <c r="R143" i="1"/>
+  <c r="S143" i="1" s="1"/>
+  <c r="T143" i="1" s="1"/>
+  <c r="W138" i="1"/>
+  <c r="X138" i="1" s="1"/>
+  <c r="V138" i="1"/>
+  <c r="R138" i="1"/>
+  <c r="S138" i="1" s="1"/>
+  <c r="T138" i="1" s="1"/>
+  <c r="Z138" i="1" s="1" a="1"/>
+  <c r="Z138" i="1" s="1"/>
+  <c r="W133" i="1"/>
+  <c r="X133" i="1" s="1"/>
+  <c r="V133" i="1"/>
+  <c r="R133" i="1"/>
+  <c r="S133" i="1" s="1"/>
+  <c r="T133" i="1" s="1"/>
+  <c r="Z133" i="1" s="1" a="1"/>
+  <c r="Z133" i="1" s="1"/>
+  <c r="W128" i="1"/>
+  <c r="X128" i="1" s="1"/>
+  <c r="V128" i="1"/>
+  <c r="R128" i="1"/>
+  <c r="S128" i="1" s="1"/>
+  <c r="T128" i="1" s="1"/>
+  <c r="W123" i="1"/>
+  <c r="X123" i="1" s="1"/>
+  <c r="V123" i="1"/>
+  <c r="R123" i="1"/>
+  <c r="S123" i="1" s="1"/>
+  <c r="T123" i="1" s="1"/>
+  <c r="W118" i="1"/>
+  <c r="X118" i="1" s="1"/>
+  <c r="V118" i="1"/>
+  <c r="R118" i="1"/>
+  <c r="S118" i="1" s="1"/>
+  <c r="T118" i="1" s="1"/>
+  <c r="Z118" i="1" s="1" a="1"/>
+  <c r="Z118" i="1" s="1"/>
+  <c r="W113" i="1"/>
+  <c r="X113" i="1" s="1"/>
+  <c r="V113" i="1"/>
+  <c r="R113" i="1"/>
+  <c r="S113" i="1" s="1"/>
+  <c r="T113" i="1" s="1"/>
+  <c r="Z113" i="1" s="1" a="1"/>
+  <c r="Z113" i="1" s="1"/>
+  <c r="W108" i="1"/>
+  <c r="X108" i="1" s="1"/>
+  <c r="V108" i="1"/>
+  <c r="R108" i="1"/>
+  <c r="S108" i="1" s="1"/>
+  <c r="T108" i="1" s="1"/>
+  <c r="Z108" i="1" s="1" a="1"/>
+  <c r="Z108" i="1" s="1"/>
+  <c r="W103" i="1"/>
+  <c r="X103" i="1" s="1"/>
+  <c r="V103" i="1"/>
+  <c r="R103" i="1"/>
+  <c r="S103" i="1" s="1"/>
+  <c r="T103" i="1" s="1"/>
+  <c r="W98" i="1"/>
+  <c r="X98" i="1" s="1"/>
+  <c r="V98" i="1"/>
+  <c r="R98" i="1"/>
+  <c r="S98" i="1" s="1"/>
+  <c r="T98" i="1" s="1"/>
+  <c r="W93" i="1"/>
+  <c r="X93" i="1" s="1"/>
+  <c r="V93" i="1"/>
+  <c r="R93" i="1"/>
+  <c r="S93" i="1" s="1"/>
+  <c r="T93" i="1" s="1"/>
+  <c r="W88" i="1"/>
+  <c r="X88" i="1" s="1"/>
+  <c r="V88" i="1"/>
+  <c r="R88" i="1"/>
+  <c r="S88" i="1" s="1"/>
+  <c r="T88" i="1" s="1"/>
+  <c r="W83" i="1"/>
+  <c r="X83" i="1" s="1"/>
+  <c r="V83" i="1"/>
+  <c r="R83" i="1"/>
+  <c r="S83" i="1" s="1"/>
+  <c r="T83" i="1" s="1"/>
+  <c r="Z83" i="1" s="1" a="1"/>
+  <c r="Z83" i="1" s="1"/>
+  <c r="W78" i="1"/>
+  <c r="X78" i="1" s="1"/>
+  <c r="V78" i="1"/>
+  <c r="R78" i="1"/>
+  <c r="S78" i="1" s="1"/>
+  <c r="T78" i="1" s="1"/>
+  <c r="Z78" i="1" s="1" a="1"/>
+  <c r="Z78" i="1" s="1"/>
+  <c r="W73" i="1"/>
+  <c r="X73" i="1" s="1"/>
+  <c r="V73" i="1"/>
+  <c r="R73" i="1"/>
+  <c r="S73" i="1" s="1"/>
+  <c r="T73" i="1" s="1"/>
+  <c r="Z73" i="1" s="1" a="1"/>
+  <c r="Z73" i="1" s="1"/>
+  <c r="W68" i="1"/>
+  <c r="X68" i="1" s="1"/>
+  <c r="V68" i="1"/>
+  <c r="R68" i="1"/>
+  <c r="S68" i="1" s="1"/>
+  <c r="T68" i="1" s="1"/>
+  <c r="W63" i="1"/>
+  <c r="X63" i="1" s="1"/>
+  <c r="V63" i="1"/>
+  <c r="R63" i="1"/>
+  <c r="S63" i="1" s="1"/>
+  <c r="T63" i="1" s="1"/>
+  <c r="W58" i="1"/>
+  <c r="X58" i="1" s="1"/>
+  <c r="V58" i="1"/>
+  <c r="R58" i="1"/>
+  <c r="S58" i="1" s="1"/>
+  <c r="T58" i="1" s="1"/>
+  <c r="Z58" i="1" s="1" a="1"/>
+  <c r="Z58" i="1" s="1"/>
+  <c r="W53" i="1"/>
+  <c r="X53" i="1" s="1"/>
+  <c r="V53" i="1"/>
+  <c r="R53" i="1"/>
+  <c r="S53" i="1" s="1"/>
+  <c r="T53" i="1" s="1"/>
+  <c r="W48" i="1"/>
+  <c r="X48" i="1" s="1"/>
+  <c r="V48" i="1"/>
+  <c r="R48" i="1"/>
+  <c r="S48" i="1" s="1"/>
+  <c r="T48" i="1" s="1"/>
+  <c r="W43" i="1"/>
+  <c r="X43" i="1" s="1"/>
+  <c r="V43" i="1"/>
+  <c r="R43" i="1"/>
+  <c r="S43" i="1" s="1"/>
+  <c r="T43" i="1" s="1"/>
+  <c r="Z43" i="1" s="1" a="1"/>
+  <c r="Z43" i="1" s="1"/>
+  <c r="W38" i="1"/>
+  <c r="X38" i="1" s="1"/>
+  <c r="V38" i="1"/>
+  <c r="R38" i="1"/>
+  <c r="S38" i="1" s="1"/>
+  <c r="T38" i="1" s="1"/>
+  <c r="Z38" i="1" s="1" a="1"/>
+  <c r="Z38" i="1" s="1"/>
+  <c r="W33" i="1"/>
+  <c r="X33" i="1" s="1"/>
+  <c r="V33" i="1"/>
+  <c r="R33" i="1"/>
+  <c r="S33" i="1" s="1"/>
+  <c r="T33" i="1" s="1"/>
+  <c r="Z33" i="1" s="1" a="1"/>
+  <c r="Z33" i="1" s="1"/>
+  <c r="W28" i="1"/>
+  <c r="X28" i="1" s="1"/>
+  <c r="V28" i="1"/>
+  <c r="R28" i="1"/>
+  <c r="S28" i="1" s="1"/>
+  <c r="T28" i="1" s="1"/>
+  <c r="W23" i="1"/>
+  <c r="X23" i="1" s="1"/>
+  <c r="V23" i="1"/>
+  <c r="R23" i="1"/>
+  <c r="S23" i="1" s="1"/>
+  <c r="T23" i="1" s="1"/>
+  <c r="W18" i="1"/>
+  <c r="X18" i="1" s="1"/>
+  <c r="V18" i="1"/>
+  <c r="R18" i="1"/>
+  <c r="S18" i="1" s="1"/>
+  <c r="T18" i="1" s="1"/>
+  <c r="Z18" i="1" s="1" a="1"/>
+  <c r="Z18" i="1" s="1"/>
+  <c r="W13" i="1"/>
+  <c r="X13" i="1" s="1"/>
+  <c r="V13" i="1"/>
+  <c r="R13" i="1"/>
+  <c r="S13" i="1" s="1"/>
+  <c r="T13" i="1" s="1"/>
+  <c r="W8" i="1"/>
+  <c r="X8" i="1" s="1"/>
+  <c r="V8" i="1"/>
+  <c r="R8" i="1"/>
+  <c r="S8" i="1" s="1"/>
+  <c r="T8" i="1" s="1"/>
+  <c r="Q3" i="4" a="1"/>
+  <c r="Q3" i="4" s="1"/>
+  <c r="R3" i="4" s="1"/>
+  <c r="K3" i="4" a="1"/>
+  <c r="K3" i="4" s="1"/>
+  <c r="J3" i="4" a="1"/>
+  <c r="J3" i="4" s="1"/>
+  <c r="Y3" i="4" a="1"/>
+  <c r="Y3" i="4" s="1"/>
+  <c r="Z3" i="4" s="1"/>
+  <c r="E3" i="4" a="1"/>
   <c r="E3" i="4" s="1"/>
   <c r="D3" i="4" a="1"/>
   <c r="D3" i="4" s="1"/>
   <c r="C3" i="4" a="1"/>
   <c r="C3" i="4" s="1"/>
-  <c r="R17" i="1"/>
-[...169 lines deleted...]
-  <c r="T297" i="1" s="1"/>
   <c r="A2" i="4" a="1"/>
   <c r="A2" i="4" s="1"/>
   <c r="C2" i="4" s="1" a="1"/>
   <c r="C2" i="4" s="1"/>
   <c r="F3" i="4" a="1"/>
   <c r="F3" i="4" s="1"/>
   <c r="G3" i="4" a="1"/>
   <c r="G3" i="4" s="1"/>
   <c r="H3" i="4" a="1"/>
   <c r="H3" i="4" s="1"/>
-  <c r="J3" i="4" a="1"/>
-  <c r="J3" i="4" s="1"/>
   <c r="I3" i="4" a="1"/>
   <c r="I3" i="4" s="1"/>
+  <c r="S3" i="4" a="1"/>
+  <c r="AA3" i="4" a="1"/>
+  <c r="Z13" i="1" l="1" a="1"/>
+  <c r="Z13" i="1" s="1"/>
+  <c r="Z93" i="1" a="1"/>
+  <c r="Z93" i="1" s="1"/>
+  <c r="Z53" i="1" a="1"/>
+  <c r="Z53" i="1" s="1"/>
+  <c r="Z28" i="1" a="1"/>
+  <c r="Z28" i="1" s="1"/>
+  <c r="Z68" i="1" a="1"/>
+  <c r="Z68" i="1" s="1"/>
+  <c r="Z123" i="1" a="1"/>
+  <c r="Z123" i="1" s="1"/>
+  <c r="Z98" i="1" a="1"/>
+  <c r="Z98" i="1" s="1"/>
+  <c r="Z8" i="1" a="1"/>
+  <c r="Z8" i="1" s="1"/>
+  <c r="Z48" i="1" a="1"/>
+  <c r="Z48" i="1" s="1"/>
+  <c r="Z88" i="1" a="1"/>
+  <c r="Z88" i="1" s="1"/>
+  <c r="Z128" i="1" a="1"/>
+  <c r="Z128" i="1" s="1"/>
+  <c r="Z23" i="1" a="1"/>
+  <c r="Z23" i="1" s="1"/>
+  <c r="Z63" i="1" a="1"/>
+  <c r="Z63" i="1" s="1"/>
+  <c r="Z103" i="1" a="1"/>
+  <c r="Z103" i="1" s="1"/>
+  <c r="Z143" i="1" a="1"/>
+  <c r="Z143" i="1" s="1"/>
+  <c r="R21" i="1"/>
+  <c r="S21" i="1" s="1"/>
+  <c r="R41" i="1"/>
+  <c r="S41" i="1" s="1"/>
+  <c r="R61" i="1"/>
+  <c r="S61" i="1" s="1"/>
+  <c r="R81" i="1"/>
+  <c r="S81" i="1" s="1"/>
+  <c r="V92" i="1"/>
+  <c r="W92" i="1" s="1"/>
+  <c r="V100" i="1"/>
+  <c r="W100" i="1" s="1"/>
+  <c r="V112" i="1"/>
+  <c r="W112" i="1" s="1"/>
+  <c r="V120" i="1"/>
+  <c r="W120" i="1" s="1"/>
+  <c r="V132" i="1"/>
+  <c r="W132" i="1" s="1"/>
+  <c r="V140" i="1"/>
+  <c r="W140" i="1" s="1"/>
+  <c r="V152" i="1"/>
+  <c r="W152" i="1" s="1"/>
+  <c r="V160" i="1"/>
+  <c r="W160" i="1" s="1"/>
+  <c r="V21" i="1"/>
+  <c r="W21" i="1" s="1"/>
+  <c r="V41" i="1"/>
+  <c r="W41" i="1" s="1"/>
+  <c r="V61" i="1"/>
+  <c r="W61" i="1" s="1"/>
+  <c r="V81" i="1"/>
+  <c r="W81" i="1" s="1"/>
+  <c r="R101" i="1"/>
+  <c r="S101" i="1" s="1"/>
+  <c r="R121" i="1"/>
+  <c r="S121" i="1" s="1"/>
+  <c r="R141" i="1"/>
+  <c r="S141" i="1" s="1"/>
+  <c r="R161" i="1"/>
+  <c r="S161" i="1" s="1"/>
+  <c r="R22" i="1"/>
+  <c r="S22" i="1" s="1"/>
+  <c r="R30" i="1"/>
+  <c r="S30" i="1" s="1"/>
+  <c r="R42" i="1"/>
+  <c r="S42" i="1" s="1"/>
+  <c r="R50" i="1"/>
+  <c r="S50" i="1" s="1"/>
+  <c r="R62" i="1"/>
+  <c r="S62" i="1" s="1"/>
+  <c r="R70" i="1"/>
+  <c r="S70" i="1" s="1"/>
+  <c r="R82" i="1"/>
+  <c r="S82" i="1" s="1"/>
+  <c r="V101" i="1"/>
+  <c r="W101" i="1" s="1"/>
+  <c r="V121" i="1"/>
+  <c r="W121" i="1" s="1"/>
+  <c r="V141" i="1"/>
+  <c r="W141" i="1" s="1"/>
+  <c r="V161" i="1"/>
+  <c r="W161" i="1" s="1"/>
+  <c r="V22" i="1"/>
+  <c r="W22" i="1" s="1"/>
+  <c r="V30" i="1"/>
+  <c r="W30" i="1" s="1"/>
+  <c r="V42" i="1"/>
+  <c r="W42" i="1" s="1"/>
+  <c r="V50" i="1"/>
+  <c r="W50" i="1" s="1"/>
+  <c r="V62" i="1"/>
+  <c r="W62" i="1" s="1"/>
+  <c r="V70" i="1"/>
+  <c r="W70" i="1" s="1"/>
+  <c r="V82" i="1"/>
+  <c r="W82" i="1" s="1"/>
+  <c r="R90" i="1"/>
+  <c r="S90" i="1" s="1"/>
+  <c r="R102" i="1"/>
+  <c r="S102" i="1" s="1"/>
+  <c r="R110" i="1"/>
+  <c r="S110" i="1" s="1"/>
+  <c r="R122" i="1"/>
+  <c r="S122" i="1" s="1"/>
+  <c r="R130" i="1"/>
+  <c r="S130" i="1" s="1"/>
+  <c r="R142" i="1"/>
+  <c r="S142" i="1" s="1"/>
+  <c r="R150" i="1"/>
+  <c r="S150" i="1" s="1"/>
+  <c r="R162" i="1"/>
+  <c r="S162" i="1" s="1"/>
+  <c r="R51" i="1"/>
+  <c r="S51" i="1" s="1"/>
+  <c r="R71" i="1"/>
+  <c r="S71" i="1" s="1"/>
+  <c r="V90" i="1"/>
+  <c r="W90" i="1" s="1"/>
+  <c r="V102" i="1"/>
+  <c r="W102" i="1" s="1"/>
+  <c r="V110" i="1"/>
+  <c r="W110" i="1" s="1"/>
+  <c r="V122" i="1"/>
+  <c r="W122" i="1" s="1"/>
+  <c r="V130" i="1"/>
+  <c r="W130" i="1" s="1"/>
+  <c r="V142" i="1"/>
+  <c r="W142" i="1" s="1"/>
+  <c r="V150" i="1"/>
+  <c r="W150" i="1" s="1"/>
+  <c r="V162" i="1"/>
+  <c r="W162" i="1" s="1"/>
+  <c r="R31" i="1"/>
+  <c r="S31" i="1" s="1"/>
+  <c r="V31" i="1"/>
+  <c r="W31" i="1" s="1"/>
+  <c r="V51" i="1"/>
+  <c r="W51" i="1" s="1"/>
+  <c r="V71" i="1"/>
+  <c r="W71" i="1" s="1"/>
+  <c r="R91" i="1"/>
+  <c r="S91" i="1" s="1"/>
+  <c r="R111" i="1"/>
+  <c r="S111" i="1" s="1"/>
+  <c r="R131" i="1"/>
+  <c r="S131" i="1" s="1"/>
+  <c r="R151" i="1"/>
+  <c r="S151" i="1" s="1"/>
+  <c r="R20" i="1"/>
+  <c r="S20" i="1" s="1"/>
+  <c r="R32" i="1"/>
+  <c r="S32" i="1" s="1"/>
+  <c r="R40" i="1"/>
+  <c r="S40" i="1" s="1"/>
+  <c r="R52" i="1"/>
+  <c r="S52" i="1" s="1"/>
+  <c r="R60" i="1"/>
+  <c r="S60" i="1" s="1"/>
+  <c r="R72" i="1"/>
+  <c r="S72" i="1" s="1"/>
+  <c r="R80" i="1"/>
+  <c r="S80" i="1" s="1"/>
+  <c r="V91" i="1"/>
+  <c r="W91" i="1" s="1"/>
+  <c r="V111" i="1"/>
+  <c r="W111" i="1" s="1"/>
+  <c r="V131" i="1"/>
+  <c r="W131" i="1" s="1"/>
+  <c r="V151" i="1"/>
+  <c r="W151" i="1" s="1"/>
+  <c r="V20" i="1"/>
+  <c r="W20" i="1" s="1"/>
+  <c r="V32" i="1"/>
+  <c r="W32" i="1" s="1"/>
+  <c r="V40" i="1"/>
+  <c r="W40" i="1" s="1"/>
+  <c r="V52" i="1"/>
+  <c r="W52" i="1" s="1"/>
+  <c r="V60" i="1"/>
+  <c r="W60" i="1" s="1"/>
+  <c r="V72" i="1"/>
+  <c r="W72" i="1" s="1"/>
+  <c r="V80" i="1"/>
+  <c r="W80" i="1" s="1"/>
+  <c r="R92" i="1"/>
+  <c r="S92" i="1" s="1"/>
+  <c r="R100" i="1"/>
+  <c r="S100" i="1" s="1"/>
+  <c r="R112" i="1"/>
+  <c r="S112" i="1" s="1"/>
+  <c r="R120" i="1"/>
+  <c r="S120" i="1" s="1"/>
+  <c r="R132" i="1"/>
+  <c r="S132" i="1" s="1"/>
+  <c r="R140" i="1"/>
+  <c r="S140" i="1" s="1"/>
+  <c r="R152" i="1"/>
+  <c r="S152" i="1" s="1"/>
+  <c r="R160" i="1"/>
+  <c r="S160" i="1" s="1"/>
+  <c r="R145" i="1"/>
+  <c r="S145" i="1" s="1"/>
+  <c r="R127" i="1"/>
+  <c r="S127" i="1" s="1"/>
+  <c r="R116" i="1"/>
+  <c r="S116" i="1" s="1"/>
+  <c r="R85" i="1"/>
+  <c r="S85" i="1" s="1"/>
+  <c r="R105" i="1"/>
+  <c r="S105" i="1" s="1"/>
+  <c r="R96" i="1"/>
+  <c r="S96" i="1" s="1"/>
+  <c r="R87" i="1"/>
+  <c r="S87" i="1" s="1"/>
+  <c r="R156" i="1"/>
+  <c r="S156" i="1" s="1"/>
+  <c r="R147" i="1"/>
+  <c r="S147" i="1" s="1"/>
+  <c r="R136" i="1"/>
+  <c r="S136" i="1" s="1"/>
+  <c r="R125" i="1"/>
+  <c r="S125" i="1" s="1"/>
+  <c r="R107" i="1"/>
+  <c r="S107" i="1" s="1"/>
+  <c r="R115" i="1"/>
+  <c r="S115" i="1" s="1"/>
+  <c r="R137" i="1"/>
+  <c r="S137" i="1" s="1"/>
+  <c r="R126" i="1"/>
+  <c r="S126" i="1" s="1"/>
+  <c r="R155" i="1"/>
+  <c r="S155" i="1" s="1"/>
+  <c r="R135" i="1"/>
+  <c r="S135" i="1" s="1"/>
+  <c r="R86" i="1"/>
+  <c r="S86" i="1" s="1"/>
+  <c r="R157" i="1"/>
+  <c r="S157" i="1" s="1"/>
+  <c r="R146" i="1"/>
+  <c r="S146" i="1" s="1"/>
+  <c r="R97" i="1"/>
+  <c r="S97" i="1" s="1"/>
+  <c r="R117" i="1"/>
+  <c r="S117" i="1" s="1"/>
+  <c r="R106" i="1"/>
+  <c r="S106" i="1" s="1"/>
+  <c r="R95" i="1"/>
+  <c r="S95" i="1" s="1"/>
+  <c r="V157" i="1"/>
+  <c r="W157" i="1" s="1"/>
+  <c r="V156" i="1"/>
+  <c r="W156" i="1" s="1"/>
+  <c r="V147" i="1"/>
+  <c r="W147" i="1" s="1"/>
+  <c r="V145" i="1"/>
+  <c r="W145" i="1" s="1"/>
+  <c r="V136" i="1"/>
+  <c r="W136" i="1" s="1"/>
+  <c r="V127" i="1"/>
+  <c r="W127" i="1" s="1"/>
+  <c r="V125" i="1"/>
+  <c r="W125" i="1" s="1"/>
+  <c r="V116" i="1"/>
+  <c r="W116" i="1" s="1"/>
+  <c r="V107" i="1"/>
+  <c r="W107" i="1" s="1"/>
+  <c r="V105" i="1"/>
+  <c r="W105" i="1" s="1"/>
+  <c r="V96" i="1"/>
+  <c r="W96" i="1" s="1"/>
+  <c r="V87" i="1"/>
+  <c r="W87" i="1" s="1"/>
+  <c r="V85" i="1"/>
+  <c r="W85" i="1" s="1"/>
+  <c r="V155" i="1"/>
+  <c r="W155" i="1" s="1"/>
+  <c r="V146" i="1"/>
+  <c r="W146" i="1" s="1"/>
+  <c r="V137" i="1"/>
+  <c r="W137" i="1" s="1"/>
+  <c r="V135" i="1"/>
+  <c r="W135" i="1" s="1"/>
+  <c r="V126" i="1"/>
+  <c r="W126" i="1" s="1"/>
+  <c r="V117" i="1"/>
+  <c r="W117" i="1" s="1"/>
+  <c r="V115" i="1"/>
+  <c r="W115" i="1" s="1"/>
+  <c r="V106" i="1"/>
+  <c r="W106" i="1" s="1"/>
+  <c r="V97" i="1"/>
+  <c r="W97" i="1" s="1"/>
+  <c r="V95" i="1"/>
+  <c r="W95" i="1" s="1"/>
+  <c r="V86" i="1"/>
+  <c r="W86" i="1" s="1"/>
+  <c r="R46" i="1"/>
+  <c r="S46" i="1" s="1"/>
+  <c r="R76" i="1"/>
+  <c r="S76" i="1" s="1"/>
+  <c r="R67" i="1"/>
+  <c r="S67" i="1" s="1"/>
+  <c r="R65" i="1"/>
+  <c r="S65" i="1" s="1"/>
+  <c r="R56" i="1"/>
+  <c r="S56" i="1" s="1"/>
+  <c r="R47" i="1"/>
+  <c r="S47" i="1" s="1"/>
+  <c r="R45" i="1"/>
+  <c r="S45" i="1" s="1"/>
+  <c r="R77" i="1"/>
+  <c r="S77" i="1" s="1"/>
+  <c r="R75" i="1"/>
+  <c r="S75" i="1" s="1"/>
+  <c r="R66" i="1"/>
+  <c r="S66" i="1" s="1"/>
+  <c r="R57" i="1"/>
+  <c r="S57" i="1" s="1"/>
+  <c r="R55" i="1"/>
+  <c r="S55" i="1" s="1"/>
+  <c r="V67" i="1"/>
+  <c r="W67" i="1" s="1"/>
+  <c r="V65" i="1"/>
+  <c r="W65" i="1" s="1"/>
+  <c r="V56" i="1"/>
+  <c r="W56" i="1" s="1"/>
+  <c r="V47" i="1"/>
+  <c r="W47" i="1" s="1"/>
+  <c r="V45" i="1"/>
+  <c r="W45" i="1" s="1"/>
+  <c r="V77" i="1"/>
+  <c r="W77" i="1" s="1"/>
+  <c r="V76" i="1"/>
+  <c r="W76" i="1" s="1"/>
+  <c r="V75" i="1"/>
+  <c r="W75" i="1" s="1"/>
+  <c r="V66" i="1"/>
+  <c r="W66" i="1" s="1"/>
+  <c r="V57" i="1"/>
+  <c r="W57" i="1" s="1"/>
+  <c r="V55" i="1"/>
+  <c r="W55" i="1" s="1"/>
+  <c r="V46" i="1"/>
+  <c r="W46" i="1" s="1"/>
+  <c r="R36" i="1"/>
+  <c r="S36" i="1" s="1"/>
+  <c r="R27" i="1"/>
+  <c r="S27" i="1" s="1"/>
+  <c r="R25" i="1"/>
+  <c r="S25" i="1" s="1"/>
+  <c r="R37" i="1"/>
+  <c r="S37" i="1" s="1"/>
+  <c r="R35" i="1"/>
+  <c r="S35" i="1" s="1"/>
+  <c r="R26" i="1"/>
+  <c r="S26" i="1" s="1"/>
+  <c r="V27" i="1"/>
+  <c r="W27" i="1" s="1"/>
+  <c r="V37" i="1"/>
+  <c r="W37" i="1" s="1"/>
+  <c r="V35" i="1"/>
+  <c r="W35" i="1" s="1"/>
+  <c r="V26" i="1"/>
+  <c r="W26" i="1" s="1"/>
+  <c r="V36" i="1"/>
+  <c r="W36" i="1" s="1"/>
+  <c r="V25" i="1"/>
+  <c r="W25" i="1" s="1"/>
+  <c r="R15" i="1"/>
+  <c r="S15" i="1" s="1"/>
+  <c r="R16" i="1"/>
+  <c r="S16" i="1" s="1"/>
+  <c r="R17" i="1"/>
+  <c r="S17" i="1" s="1"/>
+  <c r="V16" i="1"/>
+  <c r="W16" i="1" s="1"/>
+  <c r="V17" i="1"/>
+  <c r="W17" i="1" s="1"/>
+  <c r="V15" i="1"/>
+  <c r="W15" i="1" s="1"/>
+  <c r="R10" i="1"/>
+  <c r="S10" i="1" s="1"/>
   <c r="R12" i="1"/>
   <c r="S12" i="1" s="1"/>
-  <c r="T12" i="1" s="1"/>
-[...122 lines deleted...]
-  <c r="R33" i="4" l="1"/>
+  <c r="R11" i="1"/>
+  <c r="S11" i="1" s="1"/>
+  <c r="V12" i="1"/>
+  <c r="W12" i="1" s="1"/>
+  <c r="V11" i="1"/>
+  <c r="W11" i="1" s="1"/>
+  <c r="V10" i="1"/>
+  <c r="W10" i="1" s="1"/>
+  <c r="Z39" i="4"/>
+  <c r="Z23" i="4"/>
+  <c r="Z35" i="4"/>
+  <c r="Z19" i="4"/>
+  <c r="Z34" i="4"/>
+  <c r="Z18" i="4"/>
+  <c r="Z26" i="4"/>
+  <c r="Z25" i="4"/>
+  <c r="Z33" i="4"/>
+  <c r="Z17" i="4"/>
+  <c r="Z31" i="4"/>
+  <c r="Z15" i="4"/>
+  <c r="Z27" i="4"/>
+  <c r="Z7" i="4"/>
+  <c r="Z11" i="4"/>
+  <c r="Z10" i="4"/>
+  <c r="Z9" i="4"/>
+  <c r="Z32" i="4"/>
+  <c r="Z24" i="4"/>
+  <c r="Z16" i="4"/>
+  <c r="Z8" i="4"/>
+  <c r="Z38" i="4"/>
+  <c r="Z30" i="4"/>
+  <c r="Z22" i="4"/>
+  <c r="Z14" i="4"/>
+  <c r="Z6" i="4"/>
+  <c r="Z37" i="4"/>
+  <c r="Z29" i="4"/>
+  <c r="Z21" i="4"/>
+  <c r="Z13" i="4"/>
+  <c r="Z5" i="4"/>
+  <c r="Z36" i="4"/>
+  <c r="Z28" i="4"/>
+  <c r="Z20" i="4"/>
+  <c r="Z12" i="4"/>
+  <c r="Z4" i="4"/>
+  <c r="AA3" i="4"/>
   <c r="R34" i="4"/>
-  <c r="S31" i="1"/>
-[...198 lines deleted...]
-  <c r="R4" i="1"/>
+  <c r="R25" i="4"/>
+  <c r="R17" i="4"/>
+  <c r="R9" i="4"/>
+  <c r="R39" i="4"/>
+  <c r="R31" i="4"/>
+  <c r="R22" i="4"/>
+  <c r="R14" i="4"/>
+  <c r="R6" i="4"/>
+  <c r="R38" i="4"/>
+  <c r="R30" i="4"/>
+  <c r="R21" i="4"/>
+  <c r="R13" i="4"/>
+  <c r="R5" i="4"/>
+  <c r="R37" i="4"/>
+  <c r="R28" i="4"/>
+  <c r="R20" i="4"/>
+  <c r="R12" i="4"/>
   <c r="R4" i="4"/>
-  <c r="R17" i="4"/>
-[...1 lines deleted...]
-  <c r="R14" i="4"/>
+  <c r="R36" i="4"/>
   <c r="R27" i="4"/>
+  <c r="R19" i="4"/>
+  <c r="R11" i="4"/>
   <c r="R29" i="4"/>
-  <c r="R13" i="4"/>
+  <c r="R35" i="4"/>
+  <c r="R26" i="4"/>
+  <c r="R18" i="4"/>
+  <c r="R10" i="4"/>
+  <c r="R33" i="4"/>
+  <c r="R24" i="4"/>
+  <c r="R16" i="4"/>
+  <c r="R8" i="4"/>
+  <c r="R32" i="4"/>
+  <c r="R23" i="4"/>
   <c r="R15" i="4"/>
   <c r="R7" i="4"/>
-  <c r="R32" i="4"/>
-[...7 lines deleted...]
-  <c r="R11" i="1"/>
+  <c r="S3" i="4"/>
+  <c r="AA17" i="4" a="1"/>
+  <c r="S12" i="4" a="1"/>
+  <c r="S13" i="4" a="1"/>
+  <c r="S33" i="4" a="1"/>
+  <c r="AA22" i="4" a="1"/>
+  <c r="S26" i="4" a="1"/>
+  <c r="AA39" i="4" a="1"/>
+  <c r="AA20" i="4" a="1"/>
+  <c r="S21" i="4" a="1"/>
+  <c r="AA11" i="4" a="1"/>
+  <c r="S23" i="4" a="1"/>
+  <c r="S39" i="4" a="1"/>
+  <c r="AA10" i="4" a="1"/>
+  <c r="AA37" i="4" a="1"/>
+  <c r="AA4" i="4" a="1"/>
+  <c r="S4" i="4" a="1"/>
+  <c r="S38" i="4" a="1"/>
+  <c r="AA30" i="4" a="1"/>
+  <c r="S10" i="4" a="1"/>
+  <c r="S15" i="4" a="1"/>
+  <c r="AA9" i="4" a="1"/>
+  <c r="AA36" i="4" a="1"/>
+  <c r="S5" i="4" a="1"/>
+  <c r="AA12" i="4" a="1"/>
+  <c r="AA5" i="4" a="1"/>
+  <c r="S27" i="4" a="1"/>
+  <c r="S7" i="4" a="1"/>
+  <c r="S11" i="4" a="1"/>
+  <c r="S31" i="4" a="1"/>
+  <c r="S6" i="4" a="1"/>
+  <c r="AA6" i="4" a="1"/>
+  <c r="S25" i="4" a="1"/>
+  <c r="AA32" i="4" a="1"/>
+  <c r="AA29" i="4" a="1"/>
+  <c r="AA31" i="4" a="1"/>
+  <c r="S18" i="4" a="1"/>
+  <c r="AA23" i="4" a="1"/>
+  <c r="AA14" i="4" a="1"/>
+  <c r="AA33" i="4" a="1"/>
+  <c r="AA26" i="4" a="1"/>
+  <c r="S17" i="4" a="1"/>
+  <c r="S9" i="4" a="1"/>
+  <c r="S24" i="4" a="1"/>
+  <c r="AA19" i="4" a="1"/>
+  <c r="S16" i="4" a="1"/>
+  <c r="AA34" i="4" a="1"/>
+  <c r="S29" i="4" a="1"/>
+  <c r="S20" i="4" a="1"/>
+  <c r="AA25" i="4" a="1"/>
+  <c r="S30" i="4" a="1"/>
+  <c r="AA28" i="4" a="1"/>
+  <c r="S36" i="4" a="1"/>
+  <c r="S19" i="4" a="1"/>
+  <c r="AA15" i="4" a="1"/>
+  <c r="S37" i="4" a="1"/>
+  <c r="AA27" i="4" a="1"/>
+  <c r="S28" i="4" a="1"/>
+  <c r="AA7" i="4" a="1"/>
+  <c r="AA24" i="4" a="1"/>
+  <c r="AA8" i="4" a="1"/>
+  <c r="S34" i="4" a="1"/>
+  <c r="S32" i="4" a="1"/>
+  <c r="S22" i="4" a="1"/>
+  <c r="AA21" i="4" a="1"/>
+  <c r="S8" i="4" a="1"/>
+  <c r="AA18" i="4" a="1"/>
+  <c r="AA35" i="4" a="1"/>
+  <c r="S14" i="4" a="1"/>
+  <c r="AA38" i="4" a="1"/>
+  <c r="AA16" i="4" a="1"/>
+  <c r="AA13" i="4" a="1"/>
+  <c r="S35" i="4" a="1"/>
+  <c r="R7" i="1" l="1"/>
+  <c r="V154" i="1"/>
+  <c r="W154" i="1" s="1"/>
+  <c r="V134" i="1"/>
+  <c r="W134" i="1" s="1"/>
+  <c r="V114" i="1"/>
+  <c r="W114" i="1" s="1"/>
+  <c r="V94" i="1"/>
+  <c r="W94" i="1" s="1"/>
+  <c r="V144" i="1"/>
+  <c r="W144" i="1" s="1"/>
+  <c r="V124" i="1"/>
+  <c r="W124" i="1" s="1"/>
+  <c r="V104" i="1"/>
+  <c r="W104" i="1" s="1"/>
+  <c r="V84" i="1"/>
+  <c r="W84" i="1" s="1"/>
+  <c r="R154" i="1"/>
+  <c r="S154" i="1" s="1"/>
+  <c r="R134" i="1"/>
+  <c r="S134" i="1" s="1"/>
+  <c r="R114" i="1"/>
+  <c r="S114" i="1" s="1"/>
+  <c r="R94" i="1"/>
+  <c r="S94" i="1" s="1"/>
+  <c r="R104" i="1"/>
+  <c r="S104" i="1" s="1"/>
+  <c r="R144" i="1"/>
+  <c r="S144" i="1" s="1"/>
+  <c r="R84" i="1"/>
+  <c r="S84" i="1" s="1"/>
+  <c r="R124" i="1"/>
+  <c r="S124" i="1" s="1"/>
+  <c r="V74" i="1"/>
+  <c r="W74" i="1" s="1"/>
+  <c r="V54" i="1"/>
+  <c r="W54" i="1" s="1"/>
+  <c r="V64" i="1"/>
+  <c r="W64" i="1" s="1"/>
+  <c r="V44" i="1"/>
+  <c r="W44" i="1" s="1"/>
+  <c r="R74" i="1"/>
+  <c r="S74" i="1" s="1"/>
+  <c r="R54" i="1"/>
+  <c r="S54" i="1" s="1"/>
+  <c r="R64" i="1"/>
+  <c r="S64" i="1" s="1"/>
+  <c r="R44" i="1"/>
+  <c r="S44" i="1" s="1"/>
+  <c r="R14" i="1"/>
+  <c r="S14" i="1" s="1"/>
+  <c r="R34" i="1"/>
+  <c r="S34" i="1" s="1"/>
+  <c r="R24" i="1"/>
+  <c r="S24" i="1" s="1"/>
+  <c r="V14" i="1"/>
+  <c r="W14" i="1" s="1"/>
+  <c r="V24" i="1"/>
+  <c r="W24" i="1" s="1"/>
+  <c r="V34" i="1"/>
+  <c r="W34" i="1" s="1"/>
+  <c r="V6" i="1"/>
+  <c r="W6" i="1" s="1"/>
+  <c r="V7" i="1"/>
+  <c r="W7" i="1" s="1"/>
+  <c r="V5" i="1"/>
+  <c r="W5" i="1" s="1"/>
   <c r="R6" i="1"/>
   <c r="R5" i="1"/>
-  <c r="R25" i="4"/>
-[...46 lines deleted...]
-  <c r="S106" i="1"/>
+  <c r="AA15" i="4"/>
+  <c r="AA37" i="4"/>
+  <c r="AA29" i="4"/>
+  <c r="AA12" i="4"/>
+  <c r="AA20" i="4"/>
+  <c r="AA23" i="4"/>
+  <c r="AA28" i="4"/>
+  <c r="AA39" i="4"/>
+  <c r="AA10" i="4"/>
+  <c r="AA16" i="4"/>
+  <c r="AA24" i="4"/>
+  <c r="AA17" i="4"/>
+  <c r="AA14" i="4"/>
+  <c r="AA33" i="4"/>
+  <c r="AA36" i="4"/>
+  <c r="AA25" i="4"/>
+  <c r="AA5" i="4"/>
+  <c r="AA30" i="4"/>
+  <c r="AA13" i="4"/>
+  <c r="AA38" i="4"/>
+  <c r="AA7" i="4"/>
+  <c r="AA18" i="4"/>
+  <c r="AA4" i="4"/>
+  <c r="AA19" i="4"/>
+  <c r="AA31" i="4"/>
+  <c r="AA35" i="4"/>
+  <c r="AA6" i="4"/>
+  <c r="AA32" i="4"/>
+  <c r="AA9" i="4"/>
+  <c r="AA22" i="4"/>
+  <c r="AA11" i="4"/>
+  <c r="AA26" i="4"/>
+  <c r="AA21" i="4"/>
+  <c r="AA8" i="4"/>
+  <c r="AA27" i="4"/>
+  <c r="AA34" i="4"/>
+  <c r="S9" i="4"/>
+  <c r="S17" i="4"/>
+  <c r="S25" i="4"/>
+  <c r="S34" i="4"/>
+  <c r="S7" i="4"/>
+  <c r="S10" i="4"/>
+  <c r="S36" i="4"/>
+  <c r="S21" i="4"/>
+  <c r="S15" i="4"/>
+  <c r="S18" i="4"/>
+  <c r="S4" i="4"/>
+  <c r="S30" i="4"/>
+  <c r="S23" i="4"/>
+  <c r="S26" i="4"/>
+  <c r="S12" i="4"/>
+  <c r="S38" i="4"/>
+  <c r="S32" i="4"/>
+  <c r="S35" i="4"/>
+  <c r="S20" i="4"/>
+  <c r="S6" i="4"/>
+  <c r="S8" i="4"/>
+  <c r="S29" i="4"/>
+  <c r="S28" i="4"/>
+  <c r="S14" i="4"/>
+  <c r="S22" i="4"/>
+  <c r="S16" i="4"/>
+  <c r="S11" i="4"/>
+  <c r="S37" i="4"/>
+  <c r="S24" i="4"/>
+  <c r="S19" i="4"/>
+  <c r="S5" i="4"/>
+  <c r="S31" i="4"/>
+  <c r="S33" i="4"/>
+  <c r="S27" i="4"/>
+  <c r="S13" i="4"/>
+  <c r="S39" i="4"/>
+  <c r="R139" i="1" l="1"/>
+  <c r="S139" i="1" s="1"/>
+  <c r="R119" i="1"/>
+  <c r="S119" i="1" s="1"/>
+  <c r="R149" i="1"/>
+  <c r="S149" i="1" s="1"/>
+  <c r="R129" i="1"/>
+  <c r="S129" i="1" s="1"/>
+  <c r="R109" i="1"/>
+  <c r="S109" i="1" s="1"/>
+  <c r="R89" i="1"/>
+  <c r="S89" i="1" s="1"/>
+  <c r="R159" i="1"/>
+  <c r="S159" i="1" s="1"/>
+  <c r="R99" i="1"/>
+  <c r="S99" i="1" s="1"/>
+  <c r="V119" i="1"/>
+  <c r="W119" i="1" s="1"/>
+  <c r="V159" i="1"/>
+  <c r="W159" i="1" s="1"/>
+  <c r="V99" i="1"/>
+  <c r="W99" i="1" s="1"/>
+  <c r="V139" i="1"/>
+  <c r="W139" i="1" s="1"/>
+  <c r="V149" i="1"/>
+  <c r="W149" i="1" s="1"/>
+  <c r="V89" i="1"/>
+  <c r="W89" i="1" s="1"/>
+  <c r="V109" i="1"/>
+  <c r="W109" i="1" s="1"/>
+  <c r="V129" i="1"/>
+  <c r="W129" i="1" s="1"/>
+  <c r="V69" i="1"/>
+  <c r="W69" i="1" s="1"/>
+  <c r="V79" i="1"/>
+  <c r="W79" i="1" s="1"/>
+  <c r="V59" i="1"/>
+  <c r="W59" i="1" s="1"/>
+  <c r="V49" i="1"/>
+  <c r="W49" i="1" s="1"/>
+  <c r="R59" i="1"/>
+  <c r="S59" i="1" s="1"/>
+  <c r="R69" i="1"/>
+  <c r="S69" i="1" s="1"/>
+  <c r="R49" i="1"/>
+  <c r="S49" i="1" s="1"/>
+  <c r="R79" i="1"/>
+  <c r="S79" i="1" s="1"/>
+  <c r="R39" i="1"/>
+  <c r="S39" i="1" s="1"/>
+  <c r="R29" i="1"/>
+  <c r="S29" i="1" s="1"/>
+  <c r="V29" i="1"/>
+  <c r="W29" i="1" s="1"/>
+  <c r="V39" i="1"/>
+  <c r="W39" i="1" s="1"/>
+  <c r="R9" i="1"/>
+  <c r="S9" i="1" s="1"/>
+  <c r="R19" i="1"/>
+  <c r="S19" i="1" s="1"/>
+  <c r="V9" i="1"/>
+  <c r="W9" i="1" s="1"/>
+  <c r="V19" i="1"/>
+  <c r="W19" i="1" s="1"/>
+  <c r="V4" i="1"/>
+  <c r="W4" i="1" s="1"/>
+  <c r="R4" i="1"/>
   <c r="S6" i="1"/>
-  <c r="S155" i="1"/>
-[...48 lines deleted...]
-  <c r="S9" i="1"/>
+  <c r="S7" i="1"/>
+  <c r="S5" i="1" l="1"/>
   <c r="S4" i="1"/>
-  <c r="S84" i="1"/>
-[...96 lines deleted...]
-  <c r="G4" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="678" uniqueCount="377">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="770" uniqueCount="351">
   <si>
     <t>Projet</t>
   </si>
   <si>
     <t>Nature - chapitre comptable</t>
   </si>
   <si>
-    <t>Axes d'évaluation</t>
-[...1 lines deleted...]
-  <si>
     <t>Direction</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Evaluation </t>
   </si>
   <si>
     <t xml:space="preserve">Informations projet </t>
   </si>
   <si>
     <t>Budget Vert</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>Batiment</t>
   </si>
@@ -931,53 +1222,50 @@
   <si>
     <t>3 : meilleur résultat en l'état des possibilités techniques
 2 :  prise en compte de l'enjeu dans la conception du projet
 0 : n'entre pas dans les enjeux pris en compte</t>
   </si>
   <si>
     <t>1 point par saut de classe avec maximum de 4</t>
   </si>
   <si>
     <t>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</t>
   </si>
   <si>
     <t>3 : renaturation/ diminution de la surface artificialisée
 2 : n'augmente pas la surface artificialisée
 0 : artificialisation des sols</t>
   </si>
   <si>
     <t>Critères d'évaluation</t>
   </si>
   <si>
     <t>Axe d'évaluation</t>
   </si>
   <si>
-    <t>Cotation</t>
-[...1 lines deleted...]
-  <si>
     <t>Axe 1</t>
   </si>
   <si>
     <t>Axe 2</t>
   </si>
   <si>
     <t>Axe 3</t>
   </si>
   <si>
     <t>Axe 4</t>
   </si>
   <si>
     <t>Axe 5</t>
   </si>
   <si>
     <t>Catégorie</t>
   </si>
   <si>
     <t>Sous-catégorie</t>
   </si>
   <si>
     <t>Détail de l'opération 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Programation </t>
@@ -991,66 +1279,60 @@
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>Code analytique</t>
   </si>
   <si>
     <t>Equipements</t>
   </si>
   <si>
     <t>- qualité des matériaux
 - empreinte de l'installation</t>
   </si>
   <si>
     <t>- qualité des matériaux 
 - empreinte de l'installation
 - artificialisation des sols</t>
   </si>
   <si>
     <t xml:space="preserve">Traitement_dechets </t>
   </si>
   <si>
     <t>Sous catégories</t>
   </si>
   <si>
-    <t>Axes</t>
-[...1 lines deleted...]
-  <si>
     <t>Sous-catégories</t>
   </si>
   <si>
     <t>La_construction_de_voirie</t>
   </si>
   <si>
     <t>Les_equipements_mobiliers</t>
   </si>
   <si>
     <t>Les_equipements_immobiliers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Equipements_electroniques</t>
   </si>
   <si>
     <t>Foret_et_bois</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</t>
   </si>
   <si>
     <t>Vehicules_legers</t>
   </si>
   <si>
     <t>3 : supression des GES
 2 : n'a pas recourt à une énergie fossile
 0 : énergie fossile</t>
   </si>
   <si>
     <t>3 : Occasion
 2 : Fin de série/ stock dormant</t>
   </si>
   <si>
     <t>Vehicules_lourds</t>
@@ -1068,58 +1350,50 @@
   <si>
     <t xml:space="preserve">3 : optimisation des interventions réseaux (travaux simultanés)
 1 : Travaux imposés par un changement d'usage
 </t>
   </si>
   <si>
     <t>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible)/ schéma directeur des itinéraires cyclables
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</t>
   </si>
   <si>
     <t>3 : Optimisation des interventions
 2 : Méthodes limitant les conséquences sur l'environnement</t>
   </si>
   <si>
     <t>4 : renaturation/ développement des surfaces arborisées
 3 : diminution de la surface artificialisée
 2 : n'augmente pas la surface artificialisée</t>
   </si>
   <si>
     <t>3 : Végétaux issus du territoire du Grésivaudan
 2 : Essence locale</t>
   </si>
   <si>
     <t xml:space="preserve">- développement des zones arborisées
 - origine des végétaux </t>
-  </si>
-[...6 lines deleted...]
-    <t>- limitation du renouvellement</t>
   </si>
   <si>
     <t xml:space="preserve">3 : gestion locale 
 2 : points d'apport volontaire
 0 : collecte inidividuelle </t>
   </si>
   <si>
     <t>Equipements_et_infrastructures_de_collecte</t>
   </si>
   <si>
     <t>Equipements_et_infrastructures_de_traitement</t>
   </si>
   <si>
     <t>3 : réemploi/ Compost
 2 : recyclage
 1 : enfouissement/ incinération</t>
   </si>
   <si>
     <t>Construction_de_batiment_economique</t>
   </si>
   <si>
     <t>1 : Approvisionnement bois énergie sur le territoire
 1 : Approvisionnement pour la construction sur le territoire
 1 : Production forestière locale</t>
   </si>
@@ -1202,60 +1476,51 @@
   </si>
   <si>
     <t>1 : participe à la production d'énergies renouvelables
 1 : participe à la transition des pratiques agricoles
 1 : pariticipe aux objectif de transition de la politique agrocole, alimentaire et forestière 2023-2026 de la CCLG</t>
   </si>
   <si>
     <t>2 : permet le maintien de l'activité agricole</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>84</t>
-[...4 lines deleted...]
-  <si>
     <t>CONSMA</t>
-  </si>
-[...1 lines deleted...]
-    <t>TRAVOI</t>
   </si>
   <si>
     <t>Code projet</t>
   </si>
   <si>
     <t>Achat\Entretien_vehicules</t>
   </si>
   <si>
     <t>Voirie_et_reseaux</t>
   </si>
   <si>
     <t>Reseaux</t>
   </si>
   <si>
     <t>- méthode de traitement favorisée</t>
   </si>
   <si>
     <t>- méthode de collecte favorisée</t>
   </si>
   <si>
     <t>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</t>
   </si>
@@ -1454,53 +1719,50 @@
   <si>
     <t>Matériaux utilisés (équipements)_EQUIMM</t>
   </si>
   <si>
     <t>Empreinte de l'installation_EQUIMM</t>
   </si>
   <si>
     <t>Artificialisation des sols_EQUIMM</t>
   </si>
   <si>
     <t>Sobriété du projet (bonus)_EQUIMM</t>
   </si>
   <si>
     <t>Développement des surfaces arborisées_EQUVEG</t>
   </si>
   <si>
     <t>Origine des végétaux _EQUVEG</t>
   </si>
   <si>
     <t>Sobriété du projet (bonus)_EQUVEG</t>
   </si>
   <si>
     <t>Sobriété du projet (bonus)_EQUELE</t>
   </si>
   <si>
-    <t>Limitation du renouvellement_EQUELE</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">- artificialisation
 - réduction des îlots de chaleur
 - développement des modes de transports
 </t>
   </si>
   <si>
     <t>2 : développement de l'arborisation
 2 : utilisation de matériaux peu absorbant de chaleur</t>
   </si>
   <si>
     <t>3 : renaturation/ diminution de la surface artificialisée
 2 : aucune artificialisation nette
 1 : artificialisation nette mais part de végétalisation
 0 : artificialisation des sols</t>
   </si>
   <si>
     <t>Matériaux utilisés_REHECO</t>
   </si>
   <si>
     <t>- Vehicules_legers
 - Vehicules_lourds</t>
   </si>
   <si>
     <t>L_entretien_de_voirie</t>
   </si>
@@ -1554,537 +1816,51 @@
     <t>Artificialisation_AMEEXT</t>
   </si>
   <si>
     <t>Réduction des îlots de chaleur (cumulatif)_AMEEXT</t>
   </si>
   <si>
     <t>Développement des modes de transports_AMEEXT</t>
   </si>
   <si>
     <t>3 : incite à un autre usage que l'automobile individuelle
 2 : participe à la répartition de la voirie entre les différents usages
 0 : ne prévoit que l'usage automobile</t>
   </si>
   <si>
     <t>3: Atteint ambitions projet territoire
 2 : Mieux que EGALIM mais n'atteint pas les objectifs du projet de territoire
 1: Permet respect de loi EGALIM</t>
   </si>
   <si>
     <t>Sobriété du projet (bonus)_AMEEXT</t>
   </si>
   <si>
     <t>Projet 1</t>
   </si>
   <si>
-    <t>projet 2</t>
-[...1 lines deleted...]
-  <si>
     <t>Fonction</t>
-  </si>
-[...481 lines deleted...]
-    <t>59</t>
   </si>
   <si>
     <t>3 : supréssion des émissions de GES
 2 : Diminue l'émission de GES
 0 : Ne diminue pas l'émission des GES</t>
   </si>
   <si>
     <t xml:space="preserve">3 : plus forte réduction de la consommation énergétique en l'état des choses
 2 : Diminue la consommation énergétique
 0 : Ne diminue pas la consommation énergétique </t>
   </si>
   <si>
     <t>Travaux_amelioration_batiments\infrastructures</t>
   </si>
   <si>
     <t>- effets sur la consomation énergétique
 - effets sur les émissions de CO2
 - sobriété du projet (bonus)</t>
   </si>
   <si>
     <t>-La_construction_de_nouveaux_bâtiments_municipaux_intercommunaux
 -Rehabilitation_batiments_municipaux_intercommunaux
 -Renovation_des_batiments_municipaux_intercommunaux
 - Travaux_amelioration_batiments\infrastructures
 - Rehabilitation\renovation_de_batiment_economique
@@ -2103,224 +1879,737 @@
 0 : ne diminue pas la consomation énergétique</t>
   </si>
   <si>
     <t>Empreinte de l'installation (cumulatif)_RESECL</t>
   </si>
   <si>
     <t>Sobriété du projet (bonus)_RESECL</t>
   </si>
   <si>
     <t>Effets sur les émissions de GES_TRAVAME</t>
   </si>
   <si>
     <t>Effets sur la consomation énergétique_TRAVAME</t>
   </si>
   <si>
     <t>Sobriété du projet (bonus)_TRAVAME</t>
   </si>
   <si>
     <t>Consommation énergétique_RESECL</t>
   </si>
   <si>
     <t>- Les_amenagements_exterieurs_s</t>
   </si>
   <si>
     <t>Amenagements_exterieurs_s</t>
+  </si>
+  <si>
+    <t>Autres_fonciers</t>
+  </si>
+  <si>
+    <t>3 : Hydrogène
+2 : Electrique
+0 : énergie fossile</t>
+  </si>
+  <si>
+    <t>3 : Occasion
+2 : Fin de série/ stock dormant
+0 : Neuf</t>
+  </si>
+  <si>
+    <t>Materiel_et_outils_technique</t>
+  </si>
+  <si>
+    <t>- type de motorisation
+- Conditions d'achat</t>
+  </si>
+  <si>
+    <t>Equipements_electroniques_et_electromenagers</t>
+  </si>
+  <si>
+    <t>Type de motorisation_MATOUT</t>
+  </si>
+  <si>
+    <t>Conditions d'achat_MATOUT</t>
+  </si>
+  <si>
+    <t>Sobriété du projet (bonus)_MATOUT</t>
+  </si>
+  <si>
+    <t>OUI</t>
+  </si>
+  <si>
+    <t>NON</t>
+  </si>
+  <si>
+    <t>3 : indice de réparabilité = 8
+2 : indice de réparabilité = 6</t>
+  </si>
+  <si>
+    <t>3 : Récupération de stock dormant (réutilisation réparation)
+2 : produits reconditionnés</t>
+  </si>
+  <si>
+    <t>Réparabilité_EQUELE</t>
+  </si>
+  <si>
+    <t>- Gestion durable
+- Développement du circuit court</t>
+  </si>
+  <si>
+    <t>- Réparabilité
+- limitation du renouvellement</t>
+  </si>
+  <si>
+    <t>Limitation de la production_EQUELE</t>
+  </si>
+  <si>
+    <t>Axes 1</t>
+  </si>
+  <si>
+    <t>Objectif biodiversité</t>
+  </si>
+  <si>
+    <t>Axe d'évaluation6</t>
+  </si>
+  <si>
+    <t>Critères d'évaluation6</t>
+  </si>
+  <si>
+    <t>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_CONST</t>
+  </si>
+  <si>
+    <t>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</t>
+  </si>
+  <si>
+    <t>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</t>
+  </si>
+  <si>
+    <t>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</t>
+  </si>
+  <si>
+    <t>Labellisation du projet_CONST</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1 : Labellisation  Biodivercity</t>
+  </si>
+  <si>
+    <t>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</t>
+  </si>
+  <si>
+    <t>Objet de la réhabilitation_REH</t>
+  </si>
+  <si>
+    <t>0 : toiture et façade
+neutre : autre</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_REH</t>
+  </si>
+  <si>
+    <t>3 : Intégration des enjeux de biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</t>
+  </si>
+  <si>
+    <t>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_REH</t>
+  </si>
+  <si>
+    <t>Labellisation du projet_REH</t>
+  </si>
+  <si>
+    <t>- objet de la réhabilitation
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</t>
+  </si>
+  <si>
+    <t>Objet de la rénovation_REN</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_REN</t>
+  </si>
+  <si>
+    <t>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espècesprotégées</t>
+  </si>
+  <si>
+    <t>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_REN</t>
+  </si>
+  <si>
+    <t>Labellisation du projet_REN</t>
+  </si>
+  <si>
+    <t>- objet de la rénovation
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet(bonus)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">neutre
+</t>
+  </si>
+  <si>
+    <t>neutre</t>
+  </si>
+  <si>
+    <t>Objet de la réhabilitation_REHECO</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_REHECO</t>
+  </si>
+  <si>
+    <t>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_REHECO</t>
+  </si>
+  <si>
+    <t>Labellisation du projet_REHECO</t>
+  </si>
+  <si>
+    <t>Artificialisation des sols (définition ZAN)_CONSTECO</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_CONSTECO</t>
+  </si>
+  <si>
+    <t>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONSTECO</t>
+  </si>
+  <si>
+    <t>Labellisation du projet_CONSTECO</t>
+  </si>
+  <si>
+    <t>Artificialisation des sols (définition ZAN)_CONVOI</t>
+  </si>
+  <si>
+    <t>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2 : artificialisation des sols</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_CONVOI</t>
+  </si>
+  <si>
+    <t>Respect des continuités écologiques_CONVOI</t>
+  </si>
+  <si>
+    <t>3 : La construction ne constitue pas un point noir qui limite ou empêche la circulation des espèces
+1 : La construction s'intègre dans la trame verte et bleue</t>
+  </si>
+  <si>
+    <t>Adaptation de l'éclairage_CONVOI</t>
+  </si>
+  <si>
+    <t>2 : n'augmente pas le nombre de points lumineux</t>
+  </si>
+  <si>
+    <t>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- respect des continuités écologiques
+- adaptation de l'éclairage</t>
+  </si>
+  <si>
+    <t>Artificialisation des sols (définition ZAN)_ENTVOI</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_ENTVOI</t>
+  </si>
+  <si>
+    <t>Adaptation de l'éclairage_ENTVOI</t>
+  </si>
+  <si>
+    <t>2 : diminue le temps d'éclairage
+1 : diminue le nombre de points lumineux
+0 : augmente le nombre de points lumineux</t>
+  </si>
+  <si>
+    <t>Intégration de solutions de préservation et d'amélioration de la biodiversité_ENTVOI</t>
+  </si>
+  <si>
+    <t>3 : Mise en place de solution favorable à la biodiversité (crapoduque, haie, plantations, gestion pluviale)</t>
+  </si>
+  <si>
+    <t>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- Intégration de solutions de préservation et d'amélioration de la biodiversité
+- adaptation de l'éclairage</t>
+  </si>
+  <si>
+    <t>Adaptation de l'éclairage_RESELEC</t>
+  </si>
+  <si>
+    <t>Adaptation des caractéristiques des luminaires (cumulatif)_RESELEC</t>
+  </si>
+  <si>
+    <t>1 : orientation ciblée des luminaires
+1 :  spectre étroit
+1 : Température de couleur basse</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_RESELEC</t>
+  </si>
+  <si>
+    <t>- adaptation de l'éclairage
+- prise en compte de la biodiversité dans la construction du projet</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_RES</t>
+  </si>
+  <si>
+    <t>Respect des continuités écologiques_RES</t>
+  </si>
+  <si>
+    <t>- prise en compte de la biodiversité dans la construction du projet
+- respect des continuités écologiques</t>
+  </si>
+  <si>
+    <t>Valorisation des déchets organsiques_REST</t>
+  </si>
+  <si>
+    <t>2 : l'aménagement permet la valorisation des déchets organiques</t>
+  </si>
+  <si>
+    <t>- Valorisation des déchets organiques</t>
+  </si>
+  <si>
+    <t>Labellisation_DISPAGR</t>
+  </si>
+  <si>
+    <t>3 : le dispositif participe au développement de pratiques labélisées bio, Nature et progrès, Demeter ou équivalent</t>
+  </si>
+  <si>
+    <t>Le dispositifs met en place ou participes à la mise en place de pratiques (cumulatif)_DISPAGR</t>
+  </si>
+  <si>
+    <t>1 point par bonne pratique de l'annexe</t>
+  </si>
+  <si>
+    <t>- Labellisation
+- Pratiques favorables à la biodiversité</t>
+  </si>
+  <si>
+    <t>Labellisation_FORBOI</t>
+  </si>
+  <si>
+    <t>3 : le dispositif participe au développement de pratiques labélisées FSC, PEFC ou équivalent</t>
+  </si>
+  <si>
+    <t>3 : l'exploitation dispose d'un document de gestion durable, d'un plan de gestion, d'un code de bonnes pratiques sylvicoles ou d'un règlement type de gestion.</t>
+  </si>
+  <si>
+    <t>Pratiques favorables à la biodiversité (cumulatif)_FORBOI</t>
+  </si>
+  <si>
+    <t>1 : développement d'un peuplement diversifié
+1 : restauration de trames de vieux bois
+1 : préservation des zones humides pour l'accroissement des fonctionnalités écologiques de la forêt
+1 : Le rétablissement des continuités écologiques
+fonctionnelles entre les différents espaces naturels
+1 : La prise en compte de la sensibilité des écosystèmes</t>
+  </si>
+  <si>
+    <t>- Labellisation
+- Gestion durable
+- Pratiques favorables à la biodiversité</t>
+  </si>
+  <si>
+    <t>Artificialisation des sols (définition ZAN)_COL</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_COL</t>
+  </si>
+  <si>
+    <t>3 : Intégration des enjeux de biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espècesprotégées</t>
+  </si>
+  <si>
+    <t>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_COL</t>
+  </si>
+  <si>
+    <t>Labellisation du projet_COL</t>
+  </si>
+  <si>
+    <t>Artificialisation des sols (définition ZAN)_TRA</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_TRA</t>
+  </si>
+  <si>
+    <t>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_TRA</t>
+  </si>
+  <si>
+    <t>Labellisation du projet_TRA</t>
+  </si>
+  <si>
+    <t>Artificialisation des sols (définition ZAN)_EQUIMM</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_EQUIMM</t>
+  </si>
+  <si>
+    <t>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_EQUIMM</t>
+  </si>
+  <si>
+    <t>Labellisation du projet_EQUIMM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3 : Labellisation  Biodivercity Construction
+</t>
+  </si>
+  <si>
+    <t>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet(bonus)</t>
+  </si>
+  <si>
+    <t>3 : renaturation/ diminution de la surface artificialisée
+2 : n'augmente pas la surface artificialisée
+-2 : artificialisation des sols</t>
+  </si>
+  <si>
+    <t>Action directe sur la biodiversité_AMEEXT</t>
+  </si>
+  <si>
+    <t>3 : Diversification et stratification des espèces végétales implantées
+2 : implantation d'espèces végétales locales et adaptées</t>
+  </si>
+  <si>
+    <t>Création d'espaces à potentiel pour la biodiversité_AMEEXT</t>
+  </si>
+  <si>
+    <t>3 : fort potentiel (zones humides, prairies, boisements)
+2 : potentiel limité (autre)</t>
+  </si>
+  <si>
+    <t>Labellisation_AMEEXT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 : Labellisation refuge LPO ou EVE
+</t>
+  </si>
+  <si>
+    <t>- artificialisation_AMEEXT
+- action directe sur la biodiversité
+- création d'espaces à potentiel pour la biodiversité
+- Labellisation</t>
+  </si>
+  <si>
+    <t>Obligations biodiversités liées au terrain_FONCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</t>
+  </si>
+  <si>
+    <t>- Obligation biodiversités liées au terrain</t>
+  </si>
+  <si>
+    <t>Obligations biodiversités liées au terrain_FONCE</t>
+  </si>
+  <si>
+    <t>Obligations biodiversités liées au terrain_FONCAU</t>
+  </si>
+  <si>
+    <t>3 : fort potentiel (zone humides, prairies, boisements)
+2 : potentiel limité</t>
+  </si>
+  <si>
+    <t>- artificialisation
+- action directe sur la biodiversité
+- création d'espaces à potentiel pour la biodiversité
+- Labellisation</t>
+  </si>
+  <si>
+    <t>Artificialisation des sols (définition ZAN)_EAUT</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_EAUT</t>
+  </si>
+  <si>
+    <t>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_EAUT</t>
+  </si>
+  <si>
+    <t>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du palning aux périodes de reproduction)
+2 : Amélioration conditions de biodiversité (solution de prise en compte des espèces du bati (nichoirs), rétablissement des continuité écologiques</t>
+  </si>
+  <si>
+    <t>Méthode de traitement_EAUT</t>
+  </si>
+  <si>
+    <t>3 : Le traitement constitue une solution fondée sur la nature</t>
+  </si>
+  <si>
+    <t>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)
+- Méthode de traitement</t>
+  </si>
+  <si>
+    <t>Eau</t>
+  </si>
+  <si>
+    <t>- traitement des eaux usées
+- Réseau d'eau</t>
+  </si>
+  <si>
+    <t>SC_axe</t>
+  </si>
+  <si>
+    <t>Axe 1 - Atténuation du changement climatique</t>
+  </si>
+  <si>
+    <t>Axes 6</t>
+  </si>
+  <si>
+    <t>Traitement_des_eaux_usées</t>
+  </si>
+  <si>
+    <t>Réseau_eau</t>
+  </si>
+  <si>
+    <t>Axe 6 - Préservation de la biodiversité</t>
+  </si>
+  <si>
+    <t>Evaluation_6</t>
+  </si>
+  <si>
+    <t>Critères d'évaluation_6</t>
+  </si>
+  <si>
+    <t>Axes d'évaluation biodiversité_6</t>
+  </si>
+  <si>
+    <t>Non Coté_6</t>
+  </si>
+  <si>
+    <t>Axes d'évaluation_1</t>
+  </si>
+  <si>
+    <t>Critères d'évaluation_1</t>
+  </si>
+  <si>
+    <t>Evaluation_1</t>
+  </si>
+  <si>
+    <t>Non Coté_1</t>
+  </si>
+  <si>
+    <t>Artificialisation des sols (définition ZAN)_EAUR</t>
+  </si>
+  <si>
+    <t>Prise en compte de la biodiversité dans la construction du projet_EAUR</t>
+  </si>
+  <si>
+    <t>Empreinte de l'installation (cumulatif)_EAUR</t>
+  </si>
+  <si>
+    <t>Sobriété du projet (bonus)_EAUR</t>
+  </si>
+  <si>
+    <t>Agrégat maquette</t>
+  </si>
+  <si>
+    <t>Non Coté_7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="19">
+  <fonts count="17">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...9 lines deleted...]
-    <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="/"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="0"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="9"/>
       <color theme="10"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Century Gothic"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF9933"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC00000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.59999389629810485"/>
+        <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -2361,394 +2650,617 @@
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...7 lines deleted...]
-      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="88">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="3" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="centerContinuous" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="fill"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1"/>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="2" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...37 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="10" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="12" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="17" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="13" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="18" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="9" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="7" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{2FB68ED7-88F1-48BE-BAD4-EDA185692434}"/>
   </cellStyles>
-  <dxfs count="37">
+  <dxfs count="53">
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <color auto="1"/>
+        <name val="Century Gothic"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <name val="Century Gothic"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <name val="Century Gothic"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-[...12 lines deleted...]
-        <scheme val="none"/>
+        <color rgb="FF9C0006"/>
       </font>
       <fill>
-        <patternFill patternType="none">
-[...1 lines deleted...]
-          <bgColor indexed="65"/>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...9 lines deleted...]
-      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor rgb="FF000000"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...12 lines deleted...]
-      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <name val="Century Gothic"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor rgb="FF000000"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
@@ -3084,888 +3596,1112 @@
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <name val="Century Gothic"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <name val="Century Gothic"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <name val="Century Gothic"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <name val="Century Gothic"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <name val="Century Gothic"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <name val="Century Gothic"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <numFmt numFmtId="2" formatCode="0.00"/>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color theme="1"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color theme="1"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color theme="1"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color theme="1"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color theme="1"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color theme="1"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color theme="1"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color theme="1"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color theme="1"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color theme="1"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-      </border>
-[...116 lines deleted...]
-        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <name val="Century Gothic"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <alignment textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFBDD7EE"/>
       <color rgb="FFFF99FF"/>
       <color rgb="FFBF8F00"/>
       <color rgb="FFC6E0B4"/>
       <color rgb="FFFFFF99"/>
       <color rgb="FFC65911"/>
       <color rgb="FFFF9933"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{0AF6B595-51C4-49D1-A3C1-130F64832096}" name="Tableau1" displayName="Tableau1" ref="A2:T297" totalsRowShown="0" headerRowDxfId="36" dataDxfId="35">
-[...21 lines deleted...]
-      <calculatedColumnFormula>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</calculatedColumnFormula>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{0AF6B595-51C4-49D1-A3C1-130F64832096}" name="Tableau1" displayName="Tableau1" ref="A3:Z163" totalsRowShown="0" headerRowDxfId="52" dataDxfId="50" headerRowBorderDxfId="51">
+  <autoFilter ref="A3:Z163" xr:uid="{0AF6B595-51C4-49D1-A3C1-130F64832096}"/>
+  <tableColumns count="26">
+    <tableColumn id="2" xr3:uid="{40D23AD7-C5B0-48EE-A5CC-4039B0A2446D}" name="Projet" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{754567D7-A79F-46D7-8669-EAF81E60D795}" name="Direction" dataDxfId="0"/>
+    <tableColumn id="3" xr3:uid="{61DB123D-F9FA-4BCD-BDC7-D1CA446FAA49}" name="Détail de l'opération 2025" dataDxfId="1"/>
+    <tableColumn id="8" xr3:uid="{CAA8FBBF-801D-4FF1-B467-5AA4C935E22F}" name="Fonction" dataDxfId="49"/>
+    <tableColumn id="4" xr3:uid="{6D7C5E9D-DA36-4B4F-91A4-20F45453123F}" name="Nature - chapitre comptable" dataDxfId="48"/>
+    <tableColumn id="20" xr3:uid="{23341676-CD2E-4848-970B-AEAC02AD78E8}" name="Code analytique" dataDxfId="47"/>
+    <tableColumn id="5" xr3:uid="{F5C22A65-01E8-4EC1-9EA7-74C582AA4AFB}" name="Code projet" dataDxfId="46"/>
+    <tableColumn id="6" xr3:uid="{0A78ADBF-CDB5-40FB-8025-15A49E4F0B07}" name="2024" dataDxfId="45"/>
+    <tableColumn id="7" xr3:uid="{530FD051-BED9-462C-B7B4-8E06147BB0C7}" name="2025" dataDxfId="44"/>
+    <tableColumn id="9" xr3:uid="{84A8AEB7-C577-433D-AA58-2737750E6F71}" name="2026" dataDxfId="43"/>
+    <tableColumn id="10" xr3:uid="{F24FE0A5-4800-4828-B2A1-F7F7DD574A0C}" name="2027" dataDxfId="42"/>
+    <tableColumn id="16" xr3:uid="{62EDEDC9-9BBB-4A77-B0FE-B9AB7D17374A}" name="2028" dataDxfId="41"/>
+    <tableColumn id="17" xr3:uid="{D3D6C45C-04E0-4865-9F0C-A3DC53B45EC5}" name="2029" dataDxfId="40"/>
+    <tableColumn id="18" xr3:uid="{38BF7E18-2C6F-48EB-9257-C1D09932421A}" name="2030" dataDxfId="39"/>
+    <tableColumn id="19" xr3:uid="{452F5269-227A-484C-94B4-90E6ED8F0018}" name="2031" dataDxfId="38"/>
+    <tableColumn id="11" xr3:uid="{B8DB7995-6D0F-4354-B85D-24777AE48BCA}" name="Catégorie" dataDxfId="37"/>
+    <tableColumn id="12" xr3:uid="{79884C17-4801-446B-A006-5621A1E21724}" name="Sous-catégorie" dataDxfId="36"/>
+    <tableColumn id="13" xr3:uid="{3DA7432E-22AB-43AF-8767-D60A86C2F5C0}" name="Axes d'évaluation_1" dataDxfId="35"/>
+    <tableColumn id="14" xr3:uid="{C13A8FFF-256F-455F-A853-49C93410AAD5}" name="Critères d'évaluation_1" dataDxfId="34">
+      <calculatedColumnFormula>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="15" xr3:uid="{E01F044F-1108-42A5-922F-DEEA59D075F6}" name="Evaluation " dataDxfId="15"/>
+    <tableColumn id="15" xr3:uid="{E01F044F-1108-42A5-922F-DEEA59D075F6}" name="Evaluation_1" dataDxfId="33"/>
+    <tableColumn id="21" xr3:uid="{442C2CC8-D71B-4927-9F40-1439B8FD9867}" name="Non Coté_1" dataDxfId="32"/>
+    <tableColumn id="22" xr3:uid="{43E3990C-8844-4E6D-86D2-721248ACBE93}" name="Axes d'évaluation biodiversité_6" dataDxfId="31"/>
+    <tableColumn id="23" xr3:uid="{65D1D760-E2A1-4B30-BF23-4413F87EC28A}" name="Critères d'évaluation_6" dataDxfId="30"/>
+    <tableColumn id="24" xr3:uid="{88062400-0B80-4F8F-8265-75D389E8A032}" name="Evaluation_6" dataDxfId="29"/>
+    <tableColumn id="25" xr3:uid="{8907722B-29F1-41C3-A787-14ED1A05E9E3}" name="Non Coté_6" dataDxfId="28"/>
+    <tableColumn id="26" xr3:uid="{DEDF84D5-E07E-4362-8F5E-139598B537FE}" name="Non Coté_7" dataDxfId="27"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{2ED6F858-DA35-4244-A32A-86F916C3342E}" name="Tableau_critères" displayName="Tableau_critères" ref="A2:E104" headerRowDxfId="14" dataDxfId="13" tableBorderDxfId="12">
-[...6 lines deleted...]
-    <tableColumn id="5" xr3:uid="{10A9D429-F9FA-4227-AA99-BAD0CEEF65B1}" name="Cotation" totalsRowFunction="count" dataDxfId="3" totalsRowDxfId="2"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{2ED6F858-DA35-4244-A32A-86F916C3342E}" name="Tableau_critères" displayName="Tableau_critères" ref="A2:F128" headerRowDxfId="26" dataDxfId="25" tableBorderDxfId="24">
+  <autoFilter ref="A2:F128" xr:uid="{A62519F3-3577-4B50-81B8-AC7B8D47A3B1}"/>
+  <tableColumns count="6">
+    <tableColumn id="1" xr3:uid="{76A15C95-74BC-43DC-8DBE-133D6CACEE76}" name="Catégorie" totalsRowLabel="Total" dataDxfId="23" totalsRowDxfId="22"/>
+    <tableColumn id="2" xr3:uid="{6C62080D-9618-492C-B18C-C163E34A4700}" name="Sous-catégorie" dataDxfId="21" totalsRowDxfId="20"/>
+    <tableColumn id="3" xr3:uid="{CF11F139-C908-4952-BA32-4E9EC374B640}" name="Axe d'évaluation" dataDxfId="19" totalsRowDxfId="18"/>
+    <tableColumn id="4" xr3:uid="{E3460B18-8A61-4FDD-86FD-FEA70D53D622}" name="Critères d'évaluation" dataDxfId="17" totalsRowDxfId="16"/>
+    <tableColumn id="5" xr3:uid="{F2483093-0554-4734-AAFE-C5CF6B8F260F}" name="Axe d'évaluation6" dataDxfId="15"/>
+    <tableColumn id="6" xr3:uid="{429EA6D2-9662-4568-914D-95E30C7A5C65}" name="Critères d'évaluation6" dataDxfId="14"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -4193,13294 +4929,12265 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i4ce.org/download/eeb-analyse-attenuation-climat-annexe4-taxo-action-economique" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i4ce.org/download/eeb-analyse-attenuation-climat-annexe4-taxo-action-economique" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cc-le-gresivaudan.interstis.fr/public/information/consulterAccessUrl?cle_url=131721529BW8FMQpeVWlXPQIzCmUEcwU6A2RUJ1I8AGoDagJqBzADOVE3CzMBYlJuBmg=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i4ce.org/download/eeb-analyse-attenuation-climat-annexe4-taxo-action-economique" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.i4ce.org/download/eeb-analyse-attenuation-climat-annexe4-taxo-action-economique" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cc-le-gresivaudan.interstis.fr/public/information/consulterAccessUrl?cle_url=820570702A2lXY10JUW1UPlJjC2QDdFBvC2wGdVc5VD5ROFQ8ADcFPwNlWmJWNAAxB2k=" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:T297"/>
+  <sheetPr>
+    <outlinePr summaryRight="0"/>
+  </sheetPr>
+  <dimension ref="A1:Z163"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="P4" sqref="P4"/>
+    <sheetView tabSelected="1" topLeftCell="D1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelRow="1" outlineLevelCol="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelRow="1" outlineLevelCol="2"/>
   <cols>
     <col min="1" max="1" width="11.28515625" style="7" customWidth="1"/>
-    <col min="2" max="4" width="43.85546875" style="7" hidden="1" customWidth="1" outlineLevel="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="18.140625" style="7" customWidth="1"/>
+    <col min="2" max="4" width="43.85546875" style="7" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="6" width="28" style="7" customWidth="1" outlineLevel="1"/>
+    <col min="7" max="7" width="22.7109375" style="7" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="8" max="8" width="18.140625" style="7" customWidth="1" collapsed="1"/>
     <col min="9" max="14" width="18.140625" style="7" hidden="1" customWidth="1" outlineLevel="1"/>
-    <col min="15" max="15" width="18.140625" style="7" customWidth="1" collapsed="1"/>
+    <col min="15" max="15" width="18.140625" style="7" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
     <col min="16" max="16" width="21" style="7" customWidth="1"/>
-    <col min="17" max="17" width="44.5703125" style="7" hidden="1" customWidth="1" outlineLevel="1"/>
-[...4 lines deleted...]
-    <col min="23" max="16384" width="9.140625" style="13"/>
+    <col min="17" max="17" width="44.5703125" style="7" customWidth="1" outlineLevel="2"/>
+    <col min="18" max="18" width="43.5703125" style="7" customWidth="1" outlineLevel="1"/>
+    <col min="19" max="19" width="64.85546875" style="7" customWidth="1" outlineLevel="2"/>
+    <col min="20" max="20" width="12.85546875" style="26" customWidth="1" outlineLevel="2"/>
+    <col min="21" max="21" width="9.140625" style="58" customWidth="1" outlineLevel="2"/>
+    <col min="22" max="22" width="42.28515625" style="11" customWidth="1" outlineLevel="1"/>
+    <col min="23" max="23" width="26.7109375" style="11" customWidth="1" outlineLevel="2"/>
+    <col min="24" max="25" width="9.140625" style="11" customWidth="1" outlineLevel="2"/>
+    <col min="26" max="26" width="13.85546875" style="79" bestFit="1" customWidth="1"/>
+    <col min="27" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:26" ht="30" customHeight="1">
+      <c r="A1" s="83" t="s">
+        <v>3</v>
+      </c>
+      <c r="B1" s="83"/>
+      <c r="C1" s="83"/>
+      <c r="D1" s="83"/>
+      <c r="E1" s="83"/>
+      <c r="F1" s="83"/>
+      <c r="G1" s="83"/>
+      <c r="H1" s="83" t="s">
+        <v>26</v>
+      </c>
+      <c r="I1" s="83"/>
+      <c r="J1" s="83"/>
+      <c r="K1" s="83"/>
+      <c r="L1" s="83"/>
+      <c r="M1" s="83"/>
+      <c r="N1" s="83"/>
+      <c r="O1" s="83"/>
+      <c r="P1" s="83" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q1" s="83"/>
+      <c r="R1" s="83"/>
+      <c r="S1" s="83"/>
+      <c r="T1" s="83"/>
+      <c r="U1" s="83"/>
+      <c r="V1" s="83"/>
+      <c r="W1" s="83"/>
+      <c r="X1" s="83"/>
+      <c r="Y1" s="83"/>
+      <c r="Z1" s="82" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="2" spans="1:26">
+      <c r="A2" s="83"/>
+      <c r="B2" s="83"/>
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
+      <c r="F2" s="83"/>
+      <c r="G2" s="83"/>
+      <c r="H2" s="83"/>
+      <c r="I2" s="83"/>
+      <c r="J2" s="83"/>
+      <c r="K2" s="83"/>
+      <c r="L2" s="83"/>
+      <c r="M2" s="83"/>
+      <c r="N2" s="83"/>
+      <c r="O2" s="83"/>
+      <c r="P2" s="83" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q2" s="83"/>
+      <c r="R2" s="83" t="s">
+        <v>332</v>
+      </c>
+      <c r="S2" s="83"/>
+      <c r="T2" s="83"/>
+      <c r="U2" s="83"/>
+      <c r="V2" s="84" t="s">
+        <v>336</v>
+      </c>
+      <c r="W2" s="84"/>
+      <c r="X2" s="84"/>
+      <c r="Y2" s="84"/>
+      <c r="Z2" s="82"/>
+    </row>
+    <row r="3" spans="1:26" s="12" customFormat="1" ht="24">
+      <c r="A3" s="56" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="56" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" s="56" t="s">
+        <v>186</v>
+      </c>
+      <c r="E3" s="56" t="s">
+        <v>1</v>
+      </c>
+      <c r="F3" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="G3" s="56" t="s">
+        <v>89</v>
+      </c>
+      <c r="H3" s="56" t="s">
+        <v>5</v>
+      </c>
+      <c r="I3" s="56" t="s">
         <v>6</v>
       </c>
-      <c r="B1" s="9"/>
-[...15 lines deleted...]
-      <c r="P1" s="9" t="s">
+      <c r="J3" s="56" t="s">
         <v>7</v>
       </c>
-      <c r="Q1" s="9"/>
-[...11 lines deleted...]
-      <c r="C2" s="15" t="s">
+      <c r="K3" s="56" t="s">
+        <v>8</v>
+      </c>
+      <c r="L3" s="56" t="s">
+        <v>9</v>
+      </c>
+      <c r="M3" s="56" t="s">
+        <v>27</v>
+      </c>
+      <c r="N3" s="56" t="s">
+        <v>28</v>
+      </c>
+      <c r="O3" s="56" t="s">
         <v>29</v>
       </c>
-      <c r="D2" s="15" t="s">
-[...255 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="P3" s="56" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q3" s="56" t="s">
+        <v>24</v>
+      </c>
+      <c r="R3" s="56" t="s">
+        <v>341</v>
+      </c>
+      <c r="S3" s="56" t="s">
+        <v>342</v>
+      </c>
+      <c r="T3" s="69" t="s">
+        <v>343</v>
+      </c>
+      <c r="U3" s="56" t="s">
+        <v>344</v>
+      </c>
+      <c r="V3" s="56" t="s">
+        <v>339</v>
+      </c>
+      <c r="W3" s="56" t="s">
+        <v>338</v>
+      </c>
+      <c r="X3" s="56" t="s">
+        <v>337</v>
+      </c>
+      <c r="Y3" s="56" t="s">
+        <v>340</v>
+      </c>
+      <c r="Z3" s="81" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" ht="99.75" hidden="1" outlineLevel="1">
+      <c r="A4" s="27"/>
+      <c r="B4" s="86"/>
+      <c r="C4" s="23"/>
+      <c r="D4" s="23"/>
+      <c r="E4" s="24"/>
+      <c r="F4" s="24"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="15" t="str">
+        <f ca="1">VLOOKUP(Q8,data!Q:V,3,FALSE)</f>
+        <v>Empreinte de l'installation (cumulatif)_EAUR</v>
+      </c>
+      <c r="S4" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>2 : Optimisation des interventions
+2 : Méthodes limitant les conséquences sur l'environnement</v>
+      </c>
+      <c r="T4" s="25"/>
+      <c r="U4" s="57"/>
+      <c r="V4" s="15" t="str">
+        <f ca="1">VLOOKUP(Q8,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_EAUR</v>
+      </c>
+      <c r="W4" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
         <v>3 : renaturation/ diminution de la surface artificialisée
 2 : aucune artificialisation nette
 1 : artificialisation nette mais part de végétalisation
 0 : artificialisation des sols</v>
       </c>
-      <c r="T8" s="36"/>
-[...20 lines deleted...]
-        <f ca="1">VLOOKUP(Q12,data!Q:U,3,FALSE)</f>
+      <c r="X4" s="67"/>
+      <c r="Y4" s="68"/>
+      <c r="Z4" s="80"/>
+    </row>
+    <row r="5" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A5" s="27"/>
+      <c r="B5" s="86"/>
+      <c r="C5" s="23"/>
+      <c r="D5" s="23"/>
+      <c r="E5" s="24"/>
+      <c r="F5" s="24"/>
+      <c r="G5" s="13"/>
+      <c r="H5" s="13"/>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="13"/>
+      <c r="L5" s="13"/>
+      <c r="M5" s="13"/>
+      <c r="N5" s="13"/>
+      <c r="O5" s="13"/>
+      <c r="P5" s="13"/>
+      <c r="Q5" s="13"/>
+      <c r="R5" s="15" t="str">
+        <f ca="1">VLOOKUP(Q8,data!Q:V,4,FALSE)</f>
+        <v>Sobriété du projet (bonus)_EAUR</v>
+      </c>
+      <c r="S5" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible)/ schéma directeur des itinéraires cyclables
+1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
+      </c>
+      <c r="T5" s="25"/>
+      <c r="U5" s="57"/>
+      <c r="V5" s="15" t="str">
+        <f ca="1">VLOOKUP(Q8,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_EAUR</v>
+      </c>
+      <c r="W5" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espècesprotégées</v>
+      </c>
+      <c r="X5" s="67"/>
+      <c r="Y5" s="68"/>
+      <c r="Z5" s="28"/>
+    </row>
+    <row r="6" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A6" s="27"/>
+      <c r="B6" s="86"/>
+      <c r="C6" s="23"/>
+      <c r="D6" s="23"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="24"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13"/>
+      <c r="M6" s="13"/>
+      <c r="N6" s="13"/>
+      <c r="O6" s="13"/>
+      <c r="P6" s="13"/>
+      <c r="Q6" s="13"/>
+      <c r="R6" s="15">
+        <f>VLOOKUP(Q8,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S6" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T6" s="25"/>
+      <c r="U6" s="57"/>
+      <c r="V6" s="15">
+        <f>VLOOKUP(Q8,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W6" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X6" s="67"/>
+      <c r="Y6" s="68"/>
+      <c r="Z6" s="28"/>
+    </row>
+    <row r="7" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A7" s="27"/>
+      <c r="B7" s="86"/>
+      <c r="C7" s="23"/>
+      <c r="D7" s="23"/>
+      <c r="E7" s="24"/>
+      <c r="F7" s="24"/>
+      <c r="G7" s="13"/>
+      <c r="H7" s="13"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="13"/>
+      <c r="L7" s="13"/>
+      <c r="M7" s="13"/>
+      <c r="N7" s="13"/>
+      <c r="O7" s="13"/>
+      <c r="P7" s="13"/>
+      <c r="Q7" s="13"/>
+      <c r="R7" s="15">
+        <f>VLOOKUP(Q8,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S7" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T7" s="25"/>
+      <c r="U7" s="57"/>
+      <c r="V7" s="15">
+        <f>VLOOKUP(Q8,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W7" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X7" s="67"/>
+      <c r="Y7" s="68"/>
+      <c r="Z7" s="28"/>
+    </row>
+    <row r="8" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A8" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B8" s="86"/>
+      <c r="C8" s="29"/>
+      <c r="D8" s="29" t="s">
+        <v>86</v>
+      </c>
+      <c r="E8" s="29" t="s">
+        <v>87</v>
+      </c>
+      <c r="F8" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G8" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H8" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I8" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J8" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K8" s="30">
+        <v>50000</v>
+      </c>
+      <c r="L8" s="30">
+        <v>50000</v>
+      </c>
+      <c r="M8" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N8" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O8" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P8" s="13" t="s">
+        <v>329</v>
+      </c>
+      <c r="Q8" s="13" t="s">
+        <v>335</v>
+      </c>
+      <c r="R8" s="14" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>- empreinte de l'installation</v>
+      </c>
+      <c r="S8" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>4</v>
+      </c>
+      <c r="T8" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T4:T7)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="U8" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V8" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W8" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>6</v>
+      </c>
+      <c r="X8" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X4:X7)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y8" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z8" s="85" t="str" cm="1">
+        <f t="array" ref="Z8">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A9" s="70"/>
+      <c r="B9" s="86"/>
+      <c r="C9" s="23"/>
+      <c r="D9" s="23"/>
+      <c r="E9" s="24"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="13"/>
+      <c r="L9" s="13"/>
+      <c r="M9" s="13"/>
+      <c r="N9" s="13"/>
+      <c r="O9" s="13"/>
+      <c r="P9" s="13"/>
+      <c r="Q9" s="13"/>
+      <c r="R9" s="35" t="e">
+        <f ca="1">VLOOKUP(Q13,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S9" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T9" s="25"/>
+      <c r="U9" s="57"/>
+      <c r="V9" s="15" t="str">
+        <f ca="1">VLOOKUP(Q13,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W9" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X9" s="67"/>
+      <c r="Y9" s="68"/>
+      <c r="Z9" s="28"/>
+    </row>
+    <row r="10" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A10" s="70"/>
+      <c r="B10" s="86"/>
+      <c r="C10" s="23"/>
+      <c r="D10" s="23"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="13"/>
+      <c r="G10" s="13"/>
+      <c r="H10" s="13"/>
+      <c r="I10" s="13"/>
+      <c r="J10" s="13"/>
+      <c r="K10" s="13"/>
+      <c r="L10" s="13"/>
+      <c r="M10" s="13"/>
+      <c r="N10" s="13"/>
+      <c r="O10" s="13"/>
+      <c r="P10" s="13"/>
+      <c r="Q10" s="13"/>
+      <c r="R10" s="35">
+        <f>VLOOKUP(Q13,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S10" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T10" s="25"/>
+      <c r="U10" s="57"/>
+      <c r="V10" s="15">
+        <f>VLOOKUP(Q13,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W10" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X10" s="67"/>
+      <c r="Y10" s="68"/>
+      <c r="Z10" s="28"/>
+    </row>
+    <row r="11" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A11" s="70"/>
+      <c r="B11" s="86"/>
+      <c r="C11" s="23"/>
+      <c r="D11" s="23"/>
+      <c r="E11" s="24"/>
+      <c r="F11" s="13"/>
+      <c r="G11" s="13"/>
+      <c r="H11" s="13"/>
+      <c r="I11" s="13"/>
+      <c r="J11" s="13"/>
+      <c r="K11" s="13"/>
+      <c r="L11" s="13"/>
+      <c r="M11" s="13"/>
+      <c r="N11" s="13"/>
+      <c r="O11" s="13"/>
+      <c r="P11" s="13"/>
+      <c r="Q11" s="13"/>
+      <c r="R11" s="35">
+        <f>VLOOKUP(Q13,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S11" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T11" s="25"/>
+      <c r="U11" s="57"/>
+      <c r="V11" s="15">
+        <f>VLOOKUP(Q13,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W11" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X11" s="67"/>
+      <c r="Y11" s="68"/>
+      <c r="Z11" s="28"/>
+    </row>
+    <row r="12" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A12" s="70"/>
+      <c r="B12" s="86"/>
+      <c r="C12" s="23"/>
+      <c r="D12" s="23"/>
+      <c r="E12" s="24"/>
+      <c r="F12" s="13"/>
+      <c r="G12" s="13"/>
+      <c r="H12" s="13"/>
+      <c r="I12" s="13"/>
+      <c r="J12" s="13"/>
+      <c r="K12" s="13"/>
+      <c r="L12" s="13"/>
+      <c r="M12" s="13"/>
+      <c r="N12" s="13"/>
+      <c r="O12" s="13"/>
+      <c r="P12" s="13"/>
+      <c r="Q12" s="13"/>
+      <c r="R12" s="35">
+        <f>VLOOKUP(Q13,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S12" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T12" s="25"/>
+      <c r="U12" s="57"/>
+      <c r="V12" s="15">
+        <f>VLOOKUP(Q13,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W12" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X12" s="67"/>
+      <c r="Y12" s="68"/>
+      <c r="Z12" s="28"/>
+    </row>
+    <row r="13" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A13" s="78" t="s">
+        <v>185</v>
+      </c>
+      <c r="B13" s="87"/>
+      <c r="C13" s="71"/>
+      <c r="D13" s="71" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="F13" s="72" t="s">
+        <v>88</v>
+      </c>
+      <c r="G13" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="H13" s="72">
+        <v>50000</v>
+      </c>
+      <c r="I13" s="72">
+        <v>50000</v>
+      </c>
+      <c r="J13" s="72">
+        <v>50000</v>
+      </c>
+      <c r="K13" s="72">
+        <v>50000</v>
+      </c>
+      <c r="L13" s="72">
+        <v>50000</v>
+      </c>
+      <c r="M13" s="72">
+        <v>50000</v>
+      </c>
+      <c r="N13" s="72">
+        <v>50000</v>
+      </c>
+      <c r="O13" s="72">
+        <v>50000</v>
+      </c>
+      <c r="P13" s="72" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q13" s="72" t="s">
+        <v>67</v>
+      </c>
+      <c r="R13" s="47" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S13" s="73" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T13" s="74">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T9:T12)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U13" s="75" t="s">
+        <v>213</v>
+      </c>
+      <c r="V13" s="73" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W13" s="73">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X13" s="76">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X9:X12)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y13" s="77" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z13" s="85" t="str" cm="1">
+        <f t="array" ref="Z13">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A14" s="27"/>
+      <c r="B14" s="86"/>
+      <c r="C14" s="23"/>
+      <c r="D14" s="23"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="13"/>
+      <c r="G14" s="13"/>
+      <c r="H14" s="13"/>
+      <c r="I14" s="13"/>
+      <c r="J14" s="13"/>
+      <c r="K14" s="13"/>
+      <c r="L14" s="13"/>
+      <c r="M14" s="13"/>
+      <c r="N14" s="13"/>
+      <c r="O14" s="13"/>
+      <c r="P14" s="13"/>
+      <c r="Q14" s="13"/>
+      <c r="R14" s="35" t="str">
+        <f ca="1">VLOOKUP(Q18,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S14" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T14" s="25"/>
+      <c r="U14" s="57"/>
+      <c r="V14" s="15" t="str">
+        <f ca="1">VLOOKUP(Q18,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W14" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X14" s="67"/>
+      <c r="Y14" s="68"/>
+      <c r="Z14" s="28"/>
+    </row>
+    <row r="15" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A15" s="27"/>
+      <c r="B15" s="86"/>
+      <c r="C15" s="23"/>
+      <c r="D15" s="23"/>
+      <c r="E15" s="24"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="13"/>
+      <c r="H15" s="13"/>
+      <c r="I15" s="13"/>
+      <c r="J15" s="13"/>
+      <c r="K15" s="13"/>
+      <c r="L15" s="13"/>
+      <c r="M15" s="13"/>
+      <c r="N15" s="13"/>
+      <c r="O15" s="13"/>
+      <c r="P15" s="13"/>
+      <c r="Q15" s="13"/>
+      <c r="R15" s="35" t="str">
+        <f ca="1">VLOOKUP(Q18,data!Q:V,4,FALSE)</f>
         <v xml:space="preserve">Performance énergétique_CONST
 </v>
       </c>
-      <c r="S9" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S15" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T9" s="36"/>
-[...20 lines deleted...]
-        <f ca="1">VLOOKUP(Q12,data!Q:U,4,FALSE)</f>
+      <c r="T15" s="25"/>
+      <c r="U15" s="57"/>
+      <c r="V15" s="15" t="str">
+        <f ca="1">VLOOKUP(Q18,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W15" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X15" s="67"/>
+      <c r="Y15" s="68"/>
+      <c r="Z15" s="28"/>
+    </row>
+    <row r="16" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A16" s="27"/>
+      <c r="B16" s="86"/>
+      <c r="C16" s="23"/>
+      <c r="D16" s="23"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="13"/>
+      <c r="H16" s="13"/>
+      <c r="I16" s="13"/>
+      <c r="J16" s="13"/>
+      <c r="K16" s="13"/>
+      <c r="L16" s="13"/>
+      <c r="M16" s="13"/>
+      <c r="N16" s="13"/>
+      <c r="O16" s="13"/>
+      <c r="P16" s="13"/>
+      <c r="Q16" s="13"/>
+      <c r="R16" s="35" t="str">
+        <f ca="1">VLOOKUP(Q18,data!Q:V,5,FALSE)</f>
         <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S10" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S16" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T10" s="36"/>
-[...20 lines deleted...]
-        <f ca="1">VLOOKUP(Q12,data!Q:U,5,FALSE)</f>
+      <c r="T16" s="25"/>
+      <c r="U16" s="57"/>
+      <c r="V16" s="15" t="str">
+        <f ca="1">VLOOKUP(Q18,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W16" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X16" s="67"/>
+      <c r="Y16" s="68"/>
+      <c r="Z16" s="28"/>
+    </row>
+    <row r="17" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A17" s="27"/>
+      <c r="B17" s="86"/>
+      <c r="C17" s="23"/>
+      <c r="D17" s="23"/>
+      <c r="E17" s="24"/>
+      <c r="F17" s="13"/>
+      <c r="G17" s="13"/>
+      <c r="H17" s="13"/>
+      <c r="I17" s="13"/>
+      <c r="J17" s="13"/>
+      <c r="K17" s="13"/>
+      <c r="L17" s="13"/>
+      <c r="M17" s="13"/>
+      <c r="N17" s="13"/>
+      <c r="O17" s="13"/>
+      <c r="P17" s="13"/>
+      <c r="Q17" s="13"/>
+      <c r="R17" s="35" t="str">
+        <f ca="1">VLOOKUP(Q18,data!Q:V,6,FALSE)</f>
         <v>Sobriété du projet (bonus)_CONST</v>
       </c>
-      <c r="S11" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S17" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T11" s="36"/>
-[...49 lines deleted...]
-      <c r="R12" s="19" t="str">
+      <c r="T17" s="25"/>
+      <c r="U17" s="57"/>
+      <c r="V17" s="15" t="str">
+        <f ca="1">VLOOKUP(Q18,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W17" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X17" s="67"/>
+      <c r="Y17" s="68"/>
+      <c r="Z17" s="28"/>
+    </row>
+    <row r="18" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A18" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B18" s="86"/>
+      <c r="C18" s="23"/>
+      <c r="D18" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E18" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F18" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G18" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I18" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J18" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K18" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L18" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M18" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N18" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O18" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P18" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q18" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R18" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S12" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S18" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T12" s="36">
-        <f>SUM(T8:T11)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T18" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T14:T17)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U18" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V18" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W18" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X18" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X14:X17)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y18" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z18" s="85" t="str" cm="1">
+        <f t="array" ref="Z18">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A19" s="70"/>
+      <c r="B19" s="86"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="23"/>
+      <c r="E19" s="24"/>
+      <c r="F19" s="13"/>
+      <c r="G19" s="13"/>
+      <c r="H19" s="13"/>
+      <c r="I19" s="13"/>
+      <c r="J19" s="13"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+      <c r="M19" s="13"/>
+      <c r="N19" s="13"/>
+      <c r="O19" s="13"/>
+      <c r="P19" s="13"/>
+      <c r="Q19" s="13"/>
+      <c r="R19" s="35" t="e">
+        <f ca="1">VLOOKUP(Q23,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S19" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T19" s="25"/>
+      <c r="U19" s="57"/>
+      <c r="V19" s="15" t="str">
+        <f ca="1">VLOOKUP(Q23,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W19" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X19" s="67"/>
+      <c r="Y19" s="68"/>
+      <c r="Z19" s="28"/>
+    </row>
+    <row r="20" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A20" s="70"/>
+      <c r="B20" s="86"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="24"/>
+      <c r="F20" s="13"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="13"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="13"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="13"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="13"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="13"/>
+      <c r="Q20" s="13"/>
+      <c r="R20" s="35">
+        <f>VLOOKUP(Q23,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S20" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T20" s="25"/>
+      <c r="U20" s="57"/>
+      <c r="V20" s="15">
+        <f>VLOOKUP(Q23,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W20" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X20" s="67"/>
+      <c r="Y20" s="68"/>
+      <c r="Z20" s="28"/>
+    </row>
+    <row r="21" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A21" s="70"/>
+      <c r="B21" s="86"/>
+      <c r="C21" s="23"/>
+      <c r="D21" s="23"/>
+      <c r="E21" s="24"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="13"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="13"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="13"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="13"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="13"/>
+      <c r="Q21" s="13"/>
+      <c r="R21" s="35">
+        <f>VLOOKUP(Q23,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S21" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T21" s="25"/>
+      <c r="U21" s="57"/>
+      <c r="V21" s="15">
+        <f>VLOOKUP(Q23,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W21" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X21" s="67"/>
+      <c r="Y21" s="68"/>
+      <c r="Z21" s="28"/>
+    </row>
+    <row r="22" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A22" s="70"/>
+      <c r="B22" s="86"/>
+      <c r="C22" s="23"/>
+      <c r="D22" s="23"/>
+      <c r="E22" s="24"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="13"/>
+      <c r="H22" s="13"/>
+      <c r="I22" s="13"/>
+      <c r="J22" s="13"/>
+      <c r="K22" s="13"/>
+      <c r="L22" s="13"/>
+      <c r="M22" s="13"/>
+      <c r="N22" s="13"/>
+      <c r="O22" s="13"/>
+      <c r="P22" s="13"/>
+      <c r="Q22" s="13"/>
+      <c r="R22" s="35">
+        <f>VLOOKUP(Q23,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S22" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T22" s="25"/>
+      <c r="U22" s="57"/>
+      <c r="V22" s="15">
+        <f>VLOOKUP(Q23,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W22" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X22" s="67"/>
+      <c r="Y22" s="68"/>
+      <c r="Z22" s="28"/>
+    </row>
+    <row r="23" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A23" s="78" t="s">
+        <v>185</v>
+      </c>
+      <c r="B23" s="87"/>
+      <c r="C23" s="71"/>
+      <c r="D23" s="71" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="F23" s="72" t="s">
+        <v>88</v>
+      </c>
+      <c r="G23" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="H23" s="72">
+        <v>50000</v>
+      </c>
+      <c r="I23" s="72">
+        <v>50000</v>
+      </c>
+      <c r="J23" s="72">
+        <v>50000</v>
+      </c>
+      <c r="K23" s="72">
+        <v>50000</v>
+      </c>
+      <c r="L23" s="72">
+        <v>50000</v>
+      </c>
+      <c r="M23" s="72">
+        <v>50000</v>
+      </c>
+      <c r="N23" s="72">
+        <v>50000</v>
+      </c>
+      <c r="O23" s="72">
+        <v>50000</v>
+      </c>
+      <c r="P23" s="72" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q23" s="72" t="s">
+        <v>67</v>
+      </c>
+      <c r="R23" s="47" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S23" s="73" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T23" s="74">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T19:T22)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U23" s="75" t="s">
+        <v>213</v>
+      </c>
+      <c r="V23" s="73" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W23" s="73">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X23" s="76">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X19:X22)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y23" s="77" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z23" s="85" t="str" cm="1">
+        <f t="array" ref="Z23">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A24" s="27"/>
+      <c r="B24" s="86"/>
+      <c r="C24" s="23"/>
+      <c r="D24" s="23"/>
+      <c r="E24" s="24"/>
+      <c r="F24" s="13"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="13"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="13"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="13"/>
+      <c r="M24" s="13"/>
+      <c r="N24" s="13"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="13"/>
+      <c r="Q24" s="13"/>
+      <c r="R24" s="35" t="str">
+        <f ca="1">VLOOKUP(Q28,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S24" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T24" s="25"/>
+      <c r="U24" s="57"/>
+      <c r="V24" s="15" t="str">
+        <f ca="1">VLOOKUP(Q28,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W24" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X24" s="67"/>
+      <c r="Y24" s="68"/>
+      <c r="Z24" s="28"/>
+    </row>
+    <row r="25" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A25" s="27"/>
+      <c r="B25" s="86"/>
+      <c r="C25" s="23"/>
+      <c r="D25" s="23"/>
+      <c r="E25" s="24"/>
+      <c r="F25" s="13"/>
+      <c r="G25" s="13"/>
+      <c r="H25" s="13"/>
+      <c r="I25" s="13"/>
+      <c r="J25" s="13"/>
+      <c r="K25" s="13"/>
+      <c r="L25" s="13"/>
+      <c r="M25" s="13"/>
+      <c r="N25" s="13"/>
+      <c r="O25" s="13"/>
+      <c r="P25" s="13"/>
+      <c r="Q25" s="13"/>
+      <c r="R25" s="35" t="str">
+        <f ca="1">VLOOKUP(Q28,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S25" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T13" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T25" s="25"/>
+      <c r="U25" s="57"/>
+      <c r="V25" s="15" t="str">
+        <f ca="1">VLOOKUP(Q28,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W25" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X25" s="67"/>
+      <c r="Y25" s="68"/>
+      <c r="Z25" s="28"/>
+    </row>
+    <row r="26" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A26" s="27"/>
+      <c r="B26" s="86"/>
+      <c r="C26" s="23"/>
+      <c r="D26" s="23"/>
+      <c r="E26" s="24"/>
+      <c r="F26" s="13"/>
+      <c r="G26" s="13"/>
+      <c r="H26" s="13"/>
+      <c r="I26" s="13"/>
+      <c r="J26" s="13"/>
+      <c r="K26" s="13"/>
+      <c r="L26" s="13"/>
+      <c r="M26" s="13"/>
+      <c r="N26" s="13"/>
+      <c r="O26" s="13"/>
+      <c r="P26" s="13"/>
+      <c r="Q26" s="13"/>
+      <c r="R26" s="35" t="str">
+        <f ca="1">VLOOKUP(Q28,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S15" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S26" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T15" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T26" s="25"/>
+      <c r="U26" s="57"/>
+      <c r="V26" s="15" t="str">
+        <f ca="1">VLOOKUP(Q28,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W26" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X26" s="67"/>
+      <c r="Y26" s="68"/>
+      <c r="Z26" s="28"/>
+    </row>
+    <row r="27" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A27" s="27"/>
+      <c r="B27" s="86"/>
+      <c r="C27" s="23"/>
+      <c r="D27" s="23"/>
+      <c r="E27" s="24"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="13"/>
+      <c r="H27" s="13"/>
+      <c r="I27" s="13"/>
+      <c r="J27" s="13"/>
+      <c r="K27" s="13"/>
+      <c r="L27" s="13"/>
+      <c r="M27" s="13"/>
+      <c r="N27" s="13"/>
+      <c r="O27" s="13"/>
+      <c r="P27" s="13"/>
+      <c r="Q27" s="13"/>
+      <c r="R27" s="35" t="str">
+        <f ca="1">VLOOKUP(Q28,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S27" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T16" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T27" s="25"/>
+      <c r="U27" s="57"/>
+      <c r="V27" s="15" t="str">
+        <f ca="1">VLOOKUP(Q28,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W27" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X27" s="67"/>
+      <c r="Y27" s="68"/>
+      <c r="Z27" s="28"/>
+    </row>
+    <row r="28" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A28" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B28" s="86"/>
+      <c r="C28" s="23"/>
+      <c r="D28" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E28" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F28" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G28" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H28" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I28" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J28" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K28" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L28" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M28" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N28" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O28" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P28" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T17" s="36">
-[...175 lines deleted...]
-      <c r="R22" s="19" t="str">
+      <c r="Q28" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R28" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S22" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S28" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T22" s="36">
-        <f>SUM(T18:T21)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T28" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T24:T27)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U28" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V28" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W28" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X28" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X24:X27)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y28" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z28" s="85" t="str" cm="1">
+        <f t="array" ref="Z28">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A29" s="70"/>
+      <c r="B29" s="86"/>
+      <c r="C29" s="23"/>
+      <c r="D29" s="23"/>
+      <c r="E29" s="24"/>
+      <c r="F29" s="13"/>
+      <c r="G29" s="13"/>
+      <c r="H29" s="13"/>
+      <c r="I29" s="13"/>
+      <c r="J29" s="13"/>
+      <c r="K29" s="13"/>
+      <c r="L29" s="13"/>
+      <c r="M29" s="13"/>
+      <c r="N29" s="13"/>
+      <c r="O29" s="13"/>
+      <c r="P29" s="13"/>
+      <c r="Q29" s="13"/>
+      <c r="R29" s="35" t="e">
+        <f ca="1">VLOOKUP(Q33,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S29" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T29" s="25"/>
+      <c r="U29" s="57"/>
+      <c r="V29" s="15" t="str">
+        <f ca="1">VLOOKUP(Q33,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W29" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X29" s="67"/>
+      <c r="Y29" s="68"/>
+      <c r="Z29" s="28"/>
+    </row>
+    <row r="30" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A30" s="70"/>
+      <c r="B30" s="86"/>
+      <c r="C30" s="23"/>
+      <c r="D30" s="23"/>
+      <c r="E30" s="24"/>
+      <c r="F30" s="13"/>
+      <c r="G30" s="13"/>
+      <c r="H30" s="13"/>
+      <c r="I30" s="13"/>
+      <c r="J30" s="13"/>
+      <c r="K30" s="13"/>
+      <c r="L30" s="13"/>
+      <c r="M30" s="13"/>
+      <c r="N30" s="13"/>
+      <c r="O30" s="13"/>
+      <c r="P30" s="13"/>
+      <c r="Q30" s="13"/>
+      <c r="R30" s="35">
+        <f>VLOOKUP(Q33,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S30" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T30" s="25"/>
+      <c r="U30" s="57"/>
+      <c r="V30" s="15">
+        <f>VLOOKUP(Q33,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W30" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X30" s="67"/>
+      <c r="Y30" s="68"/>
+      <c r="Z30" s="28"/>
+    </row>
+    <row r="31" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A31" s="70"/>
+      <c r="B31" s="86"/>
+      <c r="C31" s="23"/>
+      <c r="D31" s="23"/>
+      <c r="E31" s="24"/>
+      <c r="F31" s="13"/>
+      <c r="G31" s="13"/>
+      <c r="H31" s="13"/>
+      <c r="I31" s="13"/>
+      <c r="J31" s="13"/>
+      <c r="K31" s="13"/>
+      <c r="L31" s="13"/>
+      <c r="M31" s="13"/>
+      <c r="N31" s="13"/>
+      <c r="O31" s="13"/>
+      <c r="P31" s="13"/>
+      <c r="Q31" s="13"/>
+      <c r="R31" s="35">
+        <f>VLOOKUP(Q33,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S31" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T31" s="25"/>
+      <c r="U31" s="57"/>
+      <c r="V31" s="15">
+        <f>VLOOKUP(Q33,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W31" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X31" s="67"/>
+      <c r="Y31" s="68"/>
+      <c r="Z31" s="28"/>
+    </row>
+    <row r="32" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A32" s="70"/>
+      <c r="B32" s="86"/>
+      <c r="C32" s="23"/>
+      <c r="D32" s="23"/>
+      <c r="E32" s="24"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="13"/>
+      <c r="H32" s="13"/>
+      <c r="I32" s="13"/>
+      <c r="J32" s="13"/>
+      <c r="K32" s="13"/>
+      <c r="L32" s="13"/>
+      <c r="M32" s="13"/>
+      <c r="N32" s="13"/>
+      <c r="O32" s="13"/>
+      <c r="P32" s="13"/>
+      <c r="Q32" s="13"/>
+      <c r="R32" s="35">
+        <f>VLOOKUP(Q33,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S32" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T32" s="25"/>
+      <c r="U32" s="57"/>
+      <c r="V32" s="15">
+        <f>VLOOKUP(Q33,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W32" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X32" s="67"/>
+      <c r="Y32" s="68"/>
+      <c r="Z32" s="28"/>
+    </row>
+    <row r="33" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A33" s="70" t="s">
+        <v>185</v>
+      </c>
+      <c r="B33" s="86"/>
+      <c r="C33" s="23"/>
+      <c r="D33" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E33" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F33" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G33" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H33" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I33" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J33" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K33" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L33" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M33" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N33" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O33" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P33" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q33" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="R33" s="35" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S33" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T33" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T29:T32)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U33" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V33" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W33" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X33" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X29:X32)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y33" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z33" s="85" t="str" cm="1">
+        <f t="array" ref="Z33">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A34" s="27"/>
+      <c r="B34" s="86"/>
+      <c r="C34" s="23"/>
+      <c r="D34" s="23"/>
+      <c r="E34" s="24"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="13"/>
+      <c r="H34" s="13"/>
+      <c r="I34" s="13"/>
+      <c r="J34" s="13"/>
+      <c r="K34" s="13"/>
+      <c r="L34" s="13"/>
+      <c r="M34" s="13"/>
+      <c r="N34" s="13"/>
+      <c r="O34" s="13"/>
+      <c r="P34" s="13"/>
+      <c r="Q34" s="13"/>
+      <c r="R34" s="35" t="str">
+        <f ca="1">VLOOKUP(Q38,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S34" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T34" s="25"/>
+      <c r="U34" s="57"/>
+      <c r="V34" s="15" t="str">
+        <f ca="1">VLOOKUP(Q38,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W34" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X34" s="67"/>
+      <c r="Y34" s="68"/>
+      <c r="Z34" s="28"/>
+    </row>
+    <row r="35" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A35" s="27"/>
+      <c r="B35" s="86"/>
+      <c r="C35" s="23"/>
+      <c r="D35" s="23"/>
+      <c r="E35" s="24"/>
+      <c r="F35" s="13"/>
+      <c r="G35" s="13"/>
+      <c r="H35" s="13"/>
+      <c r="I35" s="13"/>
+      <c r="J35" s="13"/>
+      <c r="K35" s="13"/>
+      <c r="L35" s="13"/>
+      <c r="M35" s="13"/>
+      <c r="N35" s="13"/>
+      <c r="O35" s="13"/>
+      <c r="P35" s="13"/>
+      <c r="Q35" s="13"/>
+      <c r="R35" s="35" t="str">
+        <f ca="1">VLOOKUP(Q38,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S35" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T23" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T35" s="25"/>
+      <c r="U35" s="57"/>
+      <c r="V35" s="15" t="str">
+        <f ca="1">VLOOKUP(Q38,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W35" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X35" s="67"/>
+      <c r="Y35" s="68"/>
+      <c r="Z35" s="28"/>
+    </row>
+    <row r="36" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A36" s="27"/>
+      <c r="B36" s="86"/>
+      <c r="C36" s="23"/>
+      <c r="D36" s="23"/>
+      <c r="E36" s="24"/>
+      <c r="F36" s="13"/>
+      <c r="G36" s="13"/>
+      <c r="H36" s="13"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="13"/>
+      <c r="K36" s="13"/>
+      <c r="L36" s="13"/>
+      <c r="M36" s="13"/>
+      <c r="N36" s="13"/>
+      <c r="O36" s="13"/>
+      <c r="P36" s="13"/>
+      <c r="Q36" s="13"/>
+      <c r="R36" s="35" t="str">
+        <f ca="1">VLOOKUP(Q38,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S25" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S36" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T25" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T36" s="25"/>
+      <c r="U36" s="57"/>
+      <c r="V36" s="15" t="str">
+        <f ca="1">VLOOKUP(Q38,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W36" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X36" s="67"/>
+      <c r="Y36" s="68"/>
+      <c r="Z36" s="28"/>
+    </row>
+    <row r="37" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A37" s="27"/>
+      <c r="B37" s="86"/>
+      <c r="C37" s="23"/>
+      <c r="D37" s="23"/>
+      <c r="E37" s="24"/>
+      <c r="F37" s="13"/>
+      <c r="G37" s="13"/>
+      <c r="H37" s="13"/>
+      <c r="I37" s="13"/>
+      <c r="J37" s="13"/>
+      <c r="K37" s="13"/>
+      <c r="L37" s="13"/>
+      <c r="M37" s="13"/>
+      <c r="N37" s="13"/>
+      <c r="O37" s="13"/>
+      <c r="P37" s="13"/>
+      <c r="Q37" s="13"/>
+      <c r="R37" s="35" t="str">
+        <f ca="1">VLOOKUP(Q38,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S37" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T26" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T37" s="25"/>
+      <c r="U37" s="57"/>
+      <c r="V37" s="15" t="str">
+        <f ca="1">VLOOKUP(Q38,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W37" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X37" s="67"/>
+      <c r="Y37" s="68"/>
+      <c r="Z37" s="28"/>
+    </row>
+    <row r="38" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A38" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B38" s="86"/>
+      <c r="C38" s="23"/>
+      <c r="D38" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E38" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F38" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G38" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H38" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I38" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J38" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K38" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L38" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M38" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N38" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O38" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P38" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T27" s="36">
-[...175 lines deleted...]
-      <c r="R32" s="19" t="str">
+      <c r="Q38" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R38" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S32" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S38" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T32" s="36">
-        <f>SUM(T28:T31)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T38" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T34:T37)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U38" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V38" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W38" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X38" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X34:X37)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y38" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z38" s="85" t="str" cm="1">
+        <f t="array" ref="Z38">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A39" s="70"/>
+      <c r="B39" s="86"/>
+      <c r="C39" s="23"/>
+      <c r="D39" s="23"/>
+      <c r="E39" s="24"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="13"/>
+      <c r="H39" s="13"/>
+      <c r="I39" s="13"/>
+      <c r="J39" s="13"/>
+      <c r="K39" s="13"/>
+      <c r="L39" s="13"/>
+      <c r="M39" s="13"/>
+      <c r="N39" s="13"/>
+      <c r="O39" s="13"/>
+      <c r="P39" s="13"/>
+      <c r="Q39" s="13"/>
+      <c r="R39" s="35" t="e">
+        <f ca="1">VLOOKUP(Q43,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S39" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T39" s="25"/>
+      <c r="U39" s="57"/>
+      <c r="V39" s="15" t="str">
+        <f ca="1">VLOOKUP(Q43,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W39" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X39" s="67"/>
+      <c r="Y39" s="68"/>
+      <c r="Z39" s="28"/>
+    </row>
+    <row r="40" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A40" s="70"/>
+      <c r="B40" s="86"/>
+      <c r="C40" s="23"/>
+      <c r="D40" s="23"/>
+      <c r="E40" s="24"/>
+      <c r="F40" s="13"/>
+      <c r="G40" s="13"/>
+      <c r="H40" s="13"/>
+      <c r="I40" s="13"/>
+      <c r="J40" s="13"/>
+      <c r="K40" s="13"/>
+      <c r="L40" s="13"/>
+      <c r="M40" s="13"/>
+      <c r="N40" s="13"/>
+      <c r="O40" s="13"/>
+      <c r="P40" s="13"/>
+      <c r="Q40" s="13"/>
+      <c r="R40" s="35">
+        <f>VLOOKUP(Q43,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S40" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T40" s="25"/>
+      <c r="U40" s="57"/>
+      <c r="V40" s="15">
+        <f>VLOOKUP(Q43,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W40" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X40" s="67"/>
+      <c r="Y40" s="68"/>
+      <c r="Z40" s="28"/>
+    </row>
+    <row r="41" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A41" s="70"/>
+      <c r="B41" s="86"/>
+      <c r="C41" s="23"/>
+      <c r="D41" s="23"/>
+      <c r="E41" s="24"/>
+      <c r="F41" s="13"/>
+      <c r="G41" s="13"/>
+      <c r="H41" s="13"/>
+      <c r="I41" s="13"/>
+      <c r="J41" s="13"/>
+      <c r="K41" s="13"/>
+      <c r="L41" s="13"/>
+      <c r="M41" s="13"/>
+      <c r="N41" s="13"/>
+      <c r="O41" s="13"/>
+      <c r="P41" s="13"/>
+      <c r="Q41" s="13"/>
+      <c r="R41" s="35">
+        <f>VLOOKUP(Q43,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S41" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T41" s="25"/>
+      <c r="U41" s="57"/>
+      <c r="V41" s="15">
+        <f>VLOOKUP(Q43,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W41" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X41" s="67"/>
+      <c r="Y41" s="68"/>
+      <c r="Z41" s="28"/>
+    </row>
+    <row r="42" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A42" s="70"/>
+      <c r="B42" s="86"/>
+      <c r="C42" s="23"/>
+      <c r="D42" s="23"/>
+      <c r="E42" s="24"/>
+      <c r="F42" s="13"/>
+      <c r="G42" s="13"/>
+      <c r="H42" s="13"/>
+      <c r="I42" s="13"/>
+      <c r="J42" s="13"/>
+      <c r="K42" s="13"/>
+      <c r="L42" s="13"/>
+      <c r="M42" s="13"/>
+      <c r="N42" s="13"/>
+      <c r="O42" s="13"/>
+      <c r="P42" s="13"/>
+      <c r="Q42" s="13"/>
+      <c r="R42" s="35">
+        <f>VLOOKUP(Q43,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S42" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T42" s="25"/>
+      <c r="U42" s="57"/>
+      <c r="V42" s="15">
+        <f>VLOOKUP(Q43,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W42" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X42" s="67"/>
+      <c r="Y42" s="68"/>
+      <c r="Z42" s="28"/>
+    </row>
+    <row r="43" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A43" s="78" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" s="87"/>
+      <c r="C43" s="71"/>
+      <c r="D43" s="71" t="s">
+        <v>86</v>
+      </c>
+      <c r="E43" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="F43" s="72" t="s">
+        <v>88</v>
+      </c>
+      <c r="G43" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="H43" s="72">
+        <v>50000</v>
+      </c>
+      <c r="I43" s="72">
+        <v>50000</v>
+      </c>
+      <c r="J43" s="72">
+        <v>50000</v>
+      </c>
+      <c r="K43" s="72">
+        <v>50000</v>
+      </c>
+      <c r="L43" s="72">
+        <v>50000</v>
+      </c>
+      <c r="M43" s="72">
+        <v>50000</v>
+      </c>
+      <c r="N43" s="72">
+        <v>50000</v>
+      </c>
+      <c r="O43" s="72">
+        <v>50000</v>
+      </c>
+      <c r="P43" s="72" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q43" s="72" t="s">
+        <v>67</v>
+      </c>
+      <c r="R43" s="47" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S43" s="73" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T43" s="74">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T39:T42)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U43" s="75" t="s">
+        <v>213</v>
+      </c>
+      <c r="V43" s="73" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W43" s="73">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X43" s="76">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X39:X42)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y43" s="77" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z43" s="85" t="str" cm="1">
+        <f t="array" ref="Z43">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A44" s="27"/>
+      <c r="B44" s="86"/>
+      <c r="C44" s="23"/>
+      <c r="D44" s="23"/>
+      <c r="E44" s="24"/>
+      <c r="F44" s="13"/>
+      <c r="G44" s="13"/>
+      <c r="H44" s="13"/>
+      <c r="I44" s="13"/>
+      <c r="J44" s="13"/>
+      <c r="K44" s="13"/>
+      <c r="L44" s="13"/>
+      <c r="M44" s="13"/>
+      <c r="N44" s="13"/>
+      <c r="O44" s="13"/>
+      <c r="P44" s="13"/>
+      <c r="Q44" s="13"/>
+      <c r="R44" s="35" t="str">
+        <f ca="1">VLOOKUP(Q48,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S44" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T44" s="25"/>
+      <c r="U44" s="57"/>
+      <c r="V44" s="15" t="str">
+        <f ca="1">VLOOKUP(Q48,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W44" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X44" s="67"/>
+      <c r="Y44" s="68"/>
+      <c r="Z44" s="28"/>
+    </row>
+    <row r="45" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A45" s="27"/>
+      <c r="B45" s="86"/>
+      <c r="C45" s="23"/>
+      <c r="D45" s="23"/>
+      <c r="E45" s="24"/>
+      <c r="F45" s="13"/>
+      <c r="G45" s="13"/>
+      <c r="H45" s="13"/>
+      <c r="I45" s="13"/>
+      <c r="J45" s="13"/>
+      <c r="K45" s="13"/>
+      <c r="L45" s="13"/>
+      <c r="M45" s="13"/>
+      <c r="N45" s="13"/>
+      <c r="O45" s="13"/>
+      <c r="P45" s="13"/>
+      <c r="Q45" s="13"/>
+      <c r="R45" s="35" t="str">
+        <f ca="1">VLOOKUP(Q48,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S45" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T33" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T45" s="25"/>
+      <c r="U45" s="57"/>
+      <c r="V45" s="15" t="str">
+        <f ca="1">VLOOKUP(Q48,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W45" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X45" s="67"/>
+      <c r="Y45" s="68"/>
+      <c r="Z45" s="28"/>
+    </row>
+    <row r="46" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A46" s="27"/>
+      <c r="B46" s="86"/>
+      <c r="C46" s="23"/>
+      <c r="D46" s="23"/>
+      <c r="E46" s="24"/>
+      <c r="F46" s="13"/>
+      <c r="G46" s="13"/>
+      <c r="H46" s="13"/>
+      <c r="I46" s="13"/>
+      <c r="J46" s="13"/>
+      <c r="K46" s="13"/>
+      <c r="L46" s="13"/>
+      <c r="M46" s="13"/>
+      <c r="N46" s="13"/>
+      <c r="O46" s="13"/>
+      <c r="P46" s="13"/>
+      <c r="Q46" s="13"/>
+      <c r="R46" s="35" t="str">
+        <f ca="1">VLOOKUP(Q48,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S35" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S46" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T35" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T46" s="25"/>
+      <c r="U46" s="57"/>
+      <c r="V46" s="15" t="str">
+        <f ca="1">VLOOKUP(Q48,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W46" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X46" s="67"/>
+      <c r="Y46" s="68"/>
+      <c r="Z46" s="28"/>
+    </row>
+    <row r="47" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A47" s="27"/>
+      <c r="B47" s="86"/>
+      <c r="C47" s="23"/>
+      <c r="D47" s="23"/>
+      <c r="E47" s="24"/>
+      <c r="F47" s="13"/>
+      <c r="G47" s="13"/>
+      <c r="H47" s="13"/>
+      <c r="I47" s="13"/>
+      <c r="J47" s="13"/>
+      <c r="K47" s="13"/>
+      <c r="L47" s="13"/>
+      <c r="M47" s="13"/>
+      <c r="N47" s="13"/>
+      <c r="O47" s="13"/>
+      <c r="P47" s="13"/>
+      <c r="Q47" s="13"/>
+      <c r="R47" s="35" t="str">
+        <f ca="1">VLOOKUP(Q48,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S47" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T36" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T47" s="25"/>
+      <c r="U47" s="57"/>
+      <c r="V47" s="15" t="str">
+        <f ca="1">VLOOKUP(Q48,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W47" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X47" s="67"/>
+      <c r="Y47" s="68"/>
+      <c r="Z47" s="28"/>
+    </row>
+    <row r="48" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A48" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B48" s="86"/>
+      <c r="C48" s="23"/>
+      <c r="D48" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E48" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F48" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G48" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H48" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I48" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J48" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K48" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L48" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M48" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N48" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O48" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P48" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T37" s="36">
-[...175 lines deleted...]
-      <c r="R42" s="19" t="str">
+      <c r="Q48" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R48" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S42" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S48" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T42" s="36">
-        <f>SUM(T38:T41)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T48" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T44:T47)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U48" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V48" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W48" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X48" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X44:X47)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y48" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z48" s="85" t="str" cm="1">
+        <f t="array" ref="Z48">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A49" s="70"/>
+      <c r="B49" s="86"/>
+      <c r="C49" s="23"/>
+      <c r="D49" s="23"/>
+      <c r="E49" s="24"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+      <c r="H49" s="13"/>
+      <c r="I49" s="13"/>
+      <c r="J49" s="13"/>
+      <c r="K49" s="13"/>
+      <c r="L49" s="13"/>
+      <c r="M49" s="13"/>
+      <c r="N49" s="13"/>
+      <c r="O49" s="13"/>
+      <c r="P49" s="13"/>
+      <c r="Q49" s="13"/>
+      <c r="R49" s="35" t="e">
+        <f ca="1">VLOOKUP(Q53,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S49" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T49" s="25"/>
+      <c r="U49" s="57"/>
+      <c r="V49" s="15" t="str">
+        <f ca="1">VLOOKUP(Q53,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W49" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X49" s="67"/>
+      <c r="Y49" s="68"/>
+      <c r="Z49" s="28"/>
+    </row>
+    <row r="50" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A50" s="70"/>
+      <c r="B50" s="86"/>
+      <c r="C50" s="23"/>
+      <c r="D50" s="23"/>
+      <c r="E50" s="24"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="13"/>
+      <c r="H50" s="13"/>
+      <c r="I50" s="13"/>
+      <c r="J50" s="13"/>
+      <c r="K50" s="13"/>
+      <c r="L50" s="13"/>
+      <c r="M50" s="13"/>
+      <c r="N50" s="13"/>
+      <c r="O50" s="13"/>
+      <c r="P50" s="13"/>
+      <c r="Q50" s="13"/>
+      <c r="R50" s="35">
+        <f>VLOOKUP(Q53,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S50" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T50" s="25"/>
+      <c r="U50" s="57"/>
+      <c r="V50" s="15">
+        <f>VLOOKUP(Q53,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W50" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X50" s="67"/>
+      <c r="Y50" s="68"/>
+      <c r="Z50" s="28"/>
+    </row>
+    <row r="51" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A51" s="70"/>
+      <c r="B51" s="86"/>
+      <c r="C51" s="23"/>
+      <c r="D51" s="23"/>
+      <c r="E51" s="24"/>
+      <c r="F51" s="13"/>
+      <c r="G51" s="13"/>
+      <c r="H51" s="13"/>
+      <c r="I51" s="13"/>
+      <c r="J51" s="13"/>
+      <c r="K51" s="13"/>
+      <c r="L51" s="13"/>
+      <c r="M51" s="13"/>
+      <c r="N51" s="13"/>
+      <c r="O51" s="13"/>
+      <c r="P51" s="13"/>
+      <c r="Q51" s="13"/>
+      <c r="R51" s="35">
+        <f>VLOOKUP(Q53,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S51" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T51" s="25"/>
+      <c r="U51" s="57"/>
+      <c r="V51" s="15">
+        <f>VLOOKUP(Q53,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W51" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X51" s="67"/>
+      <c r="Y51" s="68"/>
+      <c r="Z51" s="28"/>
+    </row>
+    <row r="52" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A52" s="70"/>
+      <c r="B52" s="86"/>
+      <c r="C52" s="23"/>
+      <c r="D52" s="23"/>
+      <c r="E52" s="24"/>
+      <c r="F52" s="13"/>
+      <c r="G52" s="13"/>
+      <c r="H52" s="13"/>
+      <c r="I52" s="13"/>
+      <c r="J52" s="13"/>
+      <c r="K52" s="13"/>
+      <c r="L52" s="13"/>
+      <c r="M52" s="13"/>
+      <c r="N52" s="13"/>
+      <c r="O52" s="13"/>
+      <c r="P52" s="13"/>
+      <c r="Q52" s="13"/>
+      <c r="R52" s="35">
+        <f>VLOOKUP(Q53,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S52" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T52" s="25"/>
+      <c r="U52" s="57"/>
+      <c r="V52" s="15">
+        <f>VLOOKUP(Q53,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W52" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X52" s="67"/>
+      <c r="Y52" s="68"/>
+      <c r="Z52" s="28"/>
+    </row>
+    <row r="53" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A53" s="70" t="s">
+        <v>185</v>
+      </c>
+      <c r="B53" s="86"/>
+      <c r="C53" s="23"/>
+      <c r="D53" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E53" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F53" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G53" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H53" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I53" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J53" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K53" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L53" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M53" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N53" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O53" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P53" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q53" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="R53" s="35" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S53" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T53" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T49:T52)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U53" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V53" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W53" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X53" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X49:X52)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y53" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z53" s="85" t="str" cm="1">
+        <f t="array" ref="Z53">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A54" s="27"/>
+      <c r="B54" s="86"/>
+      <c r="C54" s="23"/>
+      <c r="D54" s="23"/>
+      <c r="E54" s="24"/>
+      <c r="F54" s="13"/>
+      <c r="G54" s="13"/>
+      <c r="H54" s="13"/>
+      <c r="I54" s="13"/>
+      <c r="J54" s="13"/>
+      <c r="K54" s="13"/>
+      <c r="L54" s="13"/>
+      <c r="M54" s="13"/>
+      <c r="N54" s="13"/>
+      <c r="O54" s="13"/>
+      <c r="P54" s="13"/>
+      <c r="Q54" s="13"/>
+      <c r="R54" s="35" t="str">
+        <f ca="1">VLOOKUP(Q58,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S54" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T54" s="25"/>
+      <c r="U54" s="57"/>
+      <c r="V54" s="15" t="str">
+        <f ca="1">VLOOKUP(Q58,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W54" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X54" s="67"/>
+      <c r="Y54" s="68"/>
+      <c r="Z54" s="28"/>
+    </row>
+    <row r="55" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A55" s="27"/>
+      <c r="B55" s="86"/>
+      <c r="C55" s="23"/>
+      <c r="D55" s="23"/>
+      <c r="E55" s="24"/>
+      <c r="F55" s="13"/>
+      <c r="G55" s="13"/>
+      <c r="H55" s="13"/>
+      <c r="I55" s="13"/>
+      <c r="J55" s="13"/>
+      <c r="K55" s="13"/>
+      <c r="L55" s="13"/>
+      <c r="M55" s="13"/>
+      <c r="N55" s="13"/>
+      <c r="O55" s="13"/>
+      <c r="P55" s="13"/>
+      <c r="Q55" s="13"/>
+      <c r="R55" s="35" t="str">
+        <f ca="1">VLOOKUP(Q58,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S55" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T43" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T55" s="25"/>
+      <c r="U55" s="57"/>
+      <c r="V55" s="15" t="str">
+        <f ca="1">VLOOKUP(Q58,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W55" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X55" s="67"/>
+      <c r="Y55" s="68"/>
+      <c r="Z55" s="28"/>
+    </row>
+    <row r="56" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A56" s="27"/>
+      <c r="B56" s="86"/>
+      <c r="C56" s="23"/>
+      <c r="D56" s="23"/>
+      <c r="E56" s="24"/>
+      <c r="F56" s="13"/>
+      <c r="G56" s="13"/>
+      <c r="H56" s="13"/>
+      <c r="I56" s="13"/>
+      <c r="J56" s="13"/>
+      <c r="K56" s="13"/>
+      <c r="L56" s="13"/>
+      <c r="M56" s="13"/>
+      <c r="N56" s="13"/>
+      <c r="O56" s="13"/>
+      <c r="P56" s="13"/>
+      <c r="Q56" s="13"/>
+      <c r="R56" s="35" t="str">
+        <f ca="1">VLOOKUP(Q58,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S45" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S56" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T45" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T56" s="25"/>
+      <c r="U56" s="57"/>
+      <c r="V56" s="15" t="str">
+        <f ca="1">VLOOKUP(Q58,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W56" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X56" s="67"/>
+      <c r="Y56" s="68"/>
+      <c r="Z56" s="28"/>
+    </row>
+    <row r="57" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A57" s="27"/>
+      <c r="B57" s="86"/>
+      <c r="C57" s="23"/>
+      <c r="D57" s="23"/>
+      <c r="E57" s="24"/>
+      <c r="F57" s="13"/>
+      <c r="G57" s="13"/>
+      <c r="H57" s="13"/>
+      <c r="I57" s="13"/>
+      <c r="J57" s="13"/>
+      <c r="K57" s="13"/>
+      <c r="L57" s="13"/>
+      <c r="M57" s="13"/>
+      <c r="N57" s="13"/>
+      <c r="O57" s="13"/>
+      <c r="P57" s="13"/>
+      <c r="Q57" s="13"/>
+      <c r="R57" s="35" t="str">
+        <f ca="1">VLOOKUP(Q58,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S57" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T46" s="36"/>
-[...10 lines deleted...]
-      <c r="E47" s="40" t="s">
+      <c r="T57" s="25"/>
+      <c r="U57" s="57"/>
+      <c r="V57" s="15" t="str">
+        <f ca="1">VLOOKUP(Q58,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W57" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X57" s="67"/>
+      <c r="Y57" s="68"/>
+      <c r="Z57" s="28"/>
+    </row>
+    <row r="58" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A58" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B58" s="86"/>
+      <c r="C58" s="23"/>
+      <c r="D58" s="23" t="s">
         <v>86</v>
       </c>
-      <c r="F47" s="18" t="s">
-[...43 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="E58" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F58" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G58" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H58" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I58" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J58" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K58" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L58" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M58" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N58" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O58" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P58" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T47" s="36">
-[...175 lines deleted...]
-      <c r="R52" s="19" t="str">
+      <c r="Q58" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R58" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S52" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S58" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T52" s="36">
-        <f>SUM(T48:T51)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T58" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T54:T57)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U58" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V58" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W58" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X58" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X54:X57)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y58" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z58" s="85" t="str" cm="1">
+        <f t="array" ref="Z58">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A59" s="70"/>
+      <c r="B59" s="86"/>
+      <c r="C59" s="23"/>
+      <c r="D59" s="23"/>
+      <c r="E59" s="24"/>
+      <c r="F59" s="13"/>
+      <c r="G59" s="13"/>
+      <c r="H59" s="13"/>
+      <c r="I59" s="13"/>
+      <c r="J59" s="13"/>
+      <c r="K59" s="13"/>
+      <c r="L59" s="13"/>
+      <c r="M59" s="13"/>
+      <c r="N59" s="13"/>
+      <c r="O59" s="13"/>
+      <c r="P59" s="13"/>
+      <c r="Q59" s="13"/>
+      <c r="R59" s="35" t="e">
+        <f ca="1">VLOOKUP(Q63,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S59" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T59" s="25"/>
+      <c r="U59" s="57"/>
+      <c r="V59" s="15" t="str">
+        <f ca="1">VLOOKUP(Q63,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W59" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X59" s="67"/>
+      <c r="Y59" s="68"/>
+      <c r="Z59" s="28"/>
+    </row>
+    <row r="60" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A60" s="70"/>
+      <c r="B60" s="86"/>
+      <c r="C60" s="23"/>
+      <c r="D60" s="23"/>
+      <c r="E60" s="24"/>
+      <c r="F60" s="13"/>
+      <c r="G60" s="13"/>
+      <c r="H60" s="13"/>
+      <c r="I60" s="13"/>
+      <c r="J60" s="13"/>
+      <c r="K60" s="13"/>
+      <c r="L60" s="13"/>
+      <c r="M60" s="13"/>
+      <c r="N60" s="13"/>
+      <c r="O60" s="13"/>
+      <c r="P60" s="13"/>
+      <c r="Q60" s="13"/>
+      <c r="R60" s="35">
+        <f>VLOOKUP(Q63,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S60" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T60" s="25"/>
+      <c r="U60" s="57"/>
+      <c r="V60" s="15">
+        <f>VLOOKUP(Q63,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W60" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X60" s="67"/>
+      <c r="Y60" s="68"/>
+      <c r="Z60" s="28"/>
+    </row>
+    <row r="61" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A61" s="70"/>
+      <c r="B61" s="86"/>
+      <c r="C61" s="23"/>
+      <c r="D61" s="23"/>
+      <c r="E61" s="24"/>
+      <c r="F61" s="13"/>
+      <c r="G61" s="13"/>
+      <c r="H61" s="13"/>
+      <c r="I61" s="13"/>
+      <c r="J61" s="13"/>
+      <c r="K61" s="13"/>
+      <c r="L61" s="13"/>
+      <c r="M61" s="13"/>
+      <c r="N61" s="13"/>
+      <c r="O61" s="13"/>
+      <c r="P61" s="13"/>
+      <c r="Q61" s="13"/>
+      <c r="R61" s="35">
+        <f>VLOOKUP(Q63,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S61" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T61" s="25"/>
+      <c r="U61" s="57"/>
+      <c r="V61" s="15">
+        <f>VLOOKUP(Q63,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W61" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X61" s="67"/>
+      <c r="Y61" s="68"/>
+      <c r="Z61" s="28"/>
+    </row>
+    <row r="62" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A62" s="70"/>
+      <c r="B62" s="86"/>
+      <c r="C62" s="23"/>
+      <c r="D62" s="23"/>
+      <c r="E62" s="24"/>
+      <c r="F62" s="13"/>
+      <c r="G62" s="13"/>
+      <c r="H62" s="13"/>
+      <c r="I62" s="13"/>
+      <c r="J62" s="13"/>
+      <c r="K62" s="13"/>
+      <c r="L62" s="13"/>
+      <c r="M62" s="13"/>
+      <c r="N62" s="13"/>
+      <c r="O62" s="13"/>
+      <c r="P62" s="13"/>
+      <c r="Q62" s="13"/>
+      <c r="R62" s="35">
+        <f>VLOOKUP(Q63,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S62" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T62" s="25"/>
+      <c r="U62" s="57"/>
+      <c r="V62" s="15">
+        <f>VLOOKUP(Q63,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W62" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X62" s="67"/>
+      <c r="Y62" s="68"/>
+      <c r="Z62" s="28"/>
+    </row>
+    <row r="63" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A63" s="70" t="s">
+        <v>185</v>
+      </c>
+      <c r="B63" s="86"/>
+      <c r="C63" s="23"/>
+      <c r="D63" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E63" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F63" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G63" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H63" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I63" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J63" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K63" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L63" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M63" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N63" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O63" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P63" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q63" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="R63" s="35" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S63" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T63" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T59:T62)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U63" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V63" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W63" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X63" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X59:X62)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y63" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z63" s="85" t="str" cm="1">
+        <f t="array" ref="Z63">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="64" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A64" s="70"/>
+      <c r="B64" s="86"/>
+      <c r="C64" s="23"/>
+      <c r="D64" s="23"/>
+      <c r="E64" s="24"/>
+      <c r="F64" s="13"/>
+      <c r="G64" s="13"/>
+      <c r="H64" s="13"/>
+      <c r="I64" s="13"/>
+      <c r="J64" s="13"/>
+      <c r="K64" s="13"/>
+      <c r="L64" s="13"/>
+      <c r="M64" s="13"/>
+      <c r="N64" s="13"/>
+      <c r="O64" s="13"/>
+      <c r="P64" s="13"/>
+      <c r="Q64" s="13"/>
+      <c r="R64" s="35" t="str">
+        <f ca="1">VLOOKUP(Q68,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S64" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T64" s="25"/>
+      <c r="U64" s="57"/>
+      <c r="V64" s="15" t="str">
+        <f ca="1">VLOOKUP(Q68,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W64" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X64" s="67"/>
+      <c r="Y64" s="68"/>
+      <c r="Z64" s="28"/>
+    </row>
+    <row r="65" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A65" s="70"/>
+      <c r="B65" s="86"/>
+      <c r="C65" s="23"/>
+      <c r="D65" s="23"/>
+      <c r="E65" s="24"/>
+      <c r="F65" s="13"/>
+      <c r="G65" s="13"/>
+      <c r="H65" s="13"/>
+      <c r="I65" s="13"/>
+      <c r="J65" s="13"/>
+      <c r="K65" s="13"/>
+      <c r="L65" s="13"/>
+      <c r="M65" s="13"/>
+      <c r="N65" s="13"/>
+      <c r="O65" s="13"/>
+      <c r="P65" s="13"/>
+      <c r="Q65" s="13"/>
+      <c r="R65" s="35" t="str">
+        <f ca="1">VLOOKUP(Q68,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S65" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T53" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T65" s="25"/>
+      <c r="U65" s="57"/>
+      <c r="V65" s="15" t="str">
+        <f ca="1">VLOOKUP(Q68,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W65" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X65" s="67"/>
+      <c r="Y65" s="68"/>
+      <c r="Z65" s="28"/>
+    </row>
+    <row r="66" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A66" s="70"/>
+      <c r="B66" s="86"/>
+      <c r="C66" s="23"/>
+      <c r="D66" s="23"/>
+      <c r="E66" s="24"/>
+      <c r="F66" s="13"/>
+      <c r="G66" s="13"/>
+      <c r="H66" s="13"/>
+      <c r="I66" s="13"/>
+      <c r="J66" s="13"/>
+      <c r="K66" s="13"/>
+      <c r="L66" s="13"/>
+      <c r="M66" s="13"/>
+      <c r="N66" s="13"/>
+      <c r="O66" s="13"/>
+      <c r="P66" s="13"/>
+      <c r="Q66" s="13"/>
+      <c r="R66" s="35" t="str">
+        <f ca="1">VLOOKUP(Q68,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S55" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S66" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T55" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T66" s="25"/>
+      <c r="U66" s="57"/>
+      <c r="V66" s="15" t="str">
+        <f ca="1">VLOOKUP(Q68,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W66" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X66" s="67"/>
+      <c r="Y66" s="68"/>
+      <c r="Z66" s="28"/>
+    </row>
+    <row r="67" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A67" s="70"/>
+      <c r="B67" s="86"/>
+      <c r="C67" s="23"/>
+      <c r="D67" s="23"/>
+      <c r="E67" s="24"/>
+      <c r="F67" s="13"/>
+      <c r="G67" s="13"/>
+      <c r="H67" s="13"/>
+      <c r="I67" s="13"/>
+      <c r="J67" s="13"/>
+      <c r="K67" s="13"/>
+      <c r="L67" s="13"/>
+      <c r="M67" s="13"/>
+      <c r="N67" s="13"/>
+      <c r="O67" s="13"/>
+      <c r="P67" s="13"/>
+      <c r="Q67" s="13"/>
+      <c r="R67" s="35" t="str">
+        <f ca="1">VLOOKUP(Q68,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S67" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T56" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T67" s="25"/>
+      <c r="U67" s="57"/>
+      <c r="V67" s="15" t="str">
+        <f ca="1">VLOOKUP(Q68,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W67" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X67" s="67"/>
+      <c r="Y67" s="68"/>
+      <c r="Z67" s="28"/>
+    </row>
+    <row r="68" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A68" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B68" s="86"/>
+      <c r="C68" s="23"/>
+      <c r="D68" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E68" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F68" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G68" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H68" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I68" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J68" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K68" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L68" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M68" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N68" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O68" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P68" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T57" s="36">
-[...175 lines deleted...]
-      <c r="R62" s="19" t="str">
+      <c r="Q68" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R68" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S62" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S68" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T62" s="36">
-        <f>SUM(T58:T61)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T68" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T64:T67)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U68" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V68" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W68" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X68" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X64:X67)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y68" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z68" s="85" t="str" cm="1">
+        <f t="array" ref="Z68">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="69" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A69" s="70"/>
+      <c r="B69" s="86"/>
+      <c r="C69" s="23"/>
+      <c r="D69" s="23"/>
+      <c r="E69" s="24"/>
+      <c r="F69" s="13"/>
+      <c r="G69" s="13"/>
+      <c r="H69" s="13"/>
+      <c r="I69" s="13"/>
+      <c r="J69" s="13"/>
+      <c r="K69" s="13"/>
+      <c r="L69" s="13"/>
+      <c r="M69" s="13"/>
+      <c r="N69" s="13"/>
+      <c r="O69" s="13"/>
+      <c r="P69" s="13"/>
+      <c r="Q69" s="13"/>
+      <c r="R69" s="35" t="e">
+        <f ca="1">VLOOKUP(Q73,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S69" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T69" s="25"/>
+      <c r="U69" s="57"/>
+      <c r="V69" s="15" t="str">
+        <f ca="1">VLOOKUP(Q73,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W69" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X69" s="67"/>
+      <c r="Y69" s="68"/>
+      <c r="Z69" s="28"/>
+    </row>
+    <row r="70" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A70" s="70"/>
+      <c r="B70" s="86"/>
+      <c r="C70" s="23"/>
+      <c r="D70" s="23"/>
+      <c r="E70" s="24"/>
+      <c r="F70" s="13"/>
+      <c r="G70" s="13"/>
+      <c r="H70" s="13"/>
+      <c r="I70" s="13"/>
+      <c r="J70" s="13"/>
+      <c r="K70" s="13"/>
+      <c r="L70" s="13"/>
+      <c r="M70" s="13"/>
+      <c r="N70" s="13"/>
+      <c r="O70" s="13"/>
+      <c r="P70" s="13"/>
+      <c r="Q70" s="13"/>
+      <c r="R70" s="35">
+        <f>VLOOKUP(Q73,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S70" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T70" s="25"/>
+      <c r="U70" s="57"/>
+      <c r="V70" s="15">
+        <f>VLOOKUP(Q73,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W70" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X70" s="67"/>
+      <c r="Y70" s="68"/>
+      <c r="Z70" s="28"/>
+    </row>
+    <row r="71" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A71" s="70"/>
+      <c r="B71" s="86"/>
+      <c r="C71" s="23"/>
+      <c r="D71" s="23"/>
+      <c r="E71" s="24"/>
+      <c r="F71" s="13"/>
+      <c r="G71" s="13"/>
+      <c r="H71" s="13"/>
+      <c r="I71" s="13"/>
+      <c r="J71" s="13"/>
+      <c r="K71" s="13"/>
+      <c r="L71" s="13"/>
+      <c r="M71" s="13"/>
+      <c r="N71" s="13"/>
+      <c r="O71" s="13"/>
+      <c r="P71" s="13"/>
+      <c r="Q71" s="13"/>
+      <c r="R71" s="35">
+        <f>VLOOKUP(Q73,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S71" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T71" s="25"/>
+      <c r="U71" s="57"/>
+      <c r="V71" s="15">
+        <f>VLOOKUP(Q73,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W71" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X71" s="67"/>
+      <c r="Y71" s="68"/>
+      <c r="Z71" s="28"/>
+    </row>
+    <row r="72" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A72" s="70"/>
+      <c r="B72" s="86"/>
+      <c r="C72" s="23"/>
+      <c r="D72" s="23"/>
+      <c r="E72" s="24"/>
+      <c r="F72" s="13"/>
+      <c r="G72" s="13"/>
+      <c r="H72" s="13"/>
+      <c r="I72" s="13"/>
+      <c r="J72" s="13"/>
+      <c r="K72" s="13"/>
+      <c r="L72" s="13"/>
+      <c r="M72" s="13"/>
+      <c r="N72" s="13"/>
+      <c r="O72" s="13"/>
+      <c r="P72" s="13"/>
+      <c r="Q72" s="13"/>
+      <c r="R72" s="35">
+        <f>VLOOKUP(Q73,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S72" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T72" s="25"/>
+      <c r="U72" s="57"/>
+      <c r="V72" s="15">
+        <f>VLOOKUP(Q73,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W72" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X72" s="67"/>
+      <c r="Y72" s="68"/>
+      <c r="Z72" s="28"/>
+    </row>
+    <row r="73" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A73" s="70" t="s">
+        <v>185</v>
+      </c>
+      <c r="B73" s="86"/>
+      <c r="C73" s="23"/>
+      <c r="D73" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E73" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F73" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G73" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H73" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I73" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J73" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K73" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L73" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M73" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N73" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O73" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P73" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q73" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="R73" s="35" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S73" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T73" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T69:T72)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U73" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V73" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W73" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X73" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X69:X72)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y73" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z73" s="85" t="str" cm="1">
+        <f t="array" ref="Z73">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="74" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A74" s="27"/>
+      <c r="B74" s="86"/>
+      <c r="C74" s="23"/>
+      <c r="D74" s="23"/>
+      <c r="E74" s="24"/>
+      <c r="F74" s="13"/>
+      <c r="G74" s="13"/>
+      <c r="H74" s="13"/>
+      <c r="I74" s="13"/>
+      <c r="J74" s="13"/>
+      <c r="K74" s="13"/>
+      <c r="L74" s="13"/>
+      <c r="M74" s="13"/>
+      <c r="N74" s="13"/>
+      <c r="O74" s="13"/>
+      <c r="P74" s="13"/>
+      <c r="Q74" s="13"/>
+      <c r="R74" s="35" t="str">
+        <f ca="1">VLOOKUP(Q78,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S74" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T74" s="25"/>
+      <c r="U74" s="57"/>
+      <c r="V74" s="15" t="str">
+        <f ca="1">VLOOKUP(Q78,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W74" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X74" s="67"/>
+      <c r="Y74" s="68"/>
+      <c r="Z74" s="28"/>
+    </row>
+    <row r="75" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A75" s="27"/>
+      <c r="B75" s="86"/>
+      <c r="C75" s="23"/>
+      <c r="D75" s="23"/>
+      <c r="E75" s="24"/>
+      <c r="F75" s="13"/>
+      <c r="G75" s="13"/>
+      <c r="H75" s="13"/>
+      <c r="I75" s="13"/>
+      <c r="J75" s="13"/>
+      <c r="K75" s="13"/>
+      <c r="L75" s="13"/>
+      <c r="M75" s="13"/>
+      <c r="N75" s="13"/>
+      <c r="O75" s="13"/>
+      <c r="P75" s="13"/>
+      <c r="Q75" s="13"/>
+      <c r="R75" s="35" t="str">
+        <f ca="1">VLOOKUP(Q78,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S75" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T63" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T75" s="25"/>
+      <c r="U75" s="57"/>
+      <c r="V75" s="15" t="str">
+        <f ca="1">VLOOKUP(Q78,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W75" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X75" s="67"/>
+      <c r="Y75" s="68"/>
+      <c r="Z75" s="28"/>
+    </row>
+    <row r="76" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A76" s="27"/>
+      <c r="B76" s="86"/>
+      <c r="C76" s="23"/>
+      <c r="D76" s="23"/>
+      <c r="E76" s="24"/>
+      <c r="F76" s="13"/>
+      <c r="G76" s="13"/>
+      <c r="H76" s="13"/>
+      <c r="I76" s="13"/>
+      <c r="J76" s="13"/>
+      <c r="K76" s="13"/>
+      <c r="L76" s="13"/>
+      <c r="M76" s="13"/>
+      <c r="N76" s="13"/>
+      <c r="O76" s="13"/>
+      <c r="P76" s="13"/>
+      <c r="Q76" s="13"/>
+      <c r="R76" s="35" t="str">
+        <f ca="1">VLOOKUP(Q78,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S65" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S76" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T65" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T76" s="25"/>
+      <c r="U76" s="57"/>
+      <c r="V76" s="15" t="str">
+        <f ca="1">VLOOKUP(Q78,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W76" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X76" s="67"/>
+      <c r="Y76" s="68"/>
+      <c r="Z76" s="28"/>
+    </row>
+    <row r="77" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A77" s="27"/>
+      <c r="B77" s="86"/>
+      <c r="C77" s="23"/>
+      <c r="D77" s="23"/>
+      <c r="E77" s="24"/>
+      <c r="F77" s="13"/>
+      <c r="G77" s="13"/>
+      <c r="H77" s="13"/>
+      <c r="I77" s="13"/>
+      <c r="J77" s="13"/>
+      <c r="K77" s="13"/>
+      <c r="L77" s="13"/>
+      <c r="M77" s="13"/>
+      <c r="N77" s="13"/>
+      <c r="O77" s="13"/>
+      <c r="P77" s="13"/>
+      <c r="Q77" s="13"/>
+      <c r="R77" s="35" t="str">
+        <f ca="1">VLOOKUP(Q78,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S77" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T66" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T77" s="25"/>
+      <c r="U77" s="57"/>
+      <c r="V77" s="15" t="str">
+        <f ca="1">VLOOKUP(Q78,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W77" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X77" s="67"/>
+      <c r="Y77" s="68"/>
+      <c r="Z77" s="28"/>
+    </row>
+    <row r="78" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A78" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B78" s="86"/>
+      <c r="C78" s="23"/>
+      <c r="D78" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E78" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F78" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G78" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H78" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I78" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J78" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K78" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L78" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M78" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N78" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O78" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P78" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T67" s="36">
-[...175 lines deleted...]
-      <c r="R72" s="19" t="str">
+      <c r="Q78" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R78" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S72" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S78" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T72" s="36">
-        <f>SUM(T68:T71)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T78" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T74:T77)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U78" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V78" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W78" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X78" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X74:X77)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y78" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z78" s="85" t="str" cm="1">
+        <f t="array" ref="Z78">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="79" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A79" s="70"/>
+      <c r="B79" s="86"/>
+      <c r="C79" s="23"/>
+      <c r="D79" s="23"/>
+      <c r="E79" s="24"/>
+      <c r="F79" s="13"/>
+      <c r="G79" s="13"/>
+      <c r="H79" s="13"/>
+      <c r="I79" s="13"/>
+      <c r="J79" s="13"/>
+      <c r="K79" s="13"/>
+      <c r="L79" s="13"/>
+      <c r="M79" s="13"/>
+      <c r="N79" s="13"/>
+      <c r="O79" s="13"/>
+      <c r="P79" s="13"/>
+      <c r="Q79" s="13"/>
+      <c r="R79" s="35" t="e">
+        <f ca="1">VLOOKUP(Q83,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S79" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T79" s="25"/>
+      <c r="U79" s="57"/>
+      <c r="V79" s="15" t="str">
+        <f ca="1">VLOOKUP(Q83,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W79" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X79" s="67"/>
+      <c r="Y79" s="68"/>
+      <c r="Z79" s="28"/>
+    </row>
+    <row r="80" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A80" s="70"/>
+      <c r="B80" s="86"/>
+      <c r="C80" s="23"/>
+      <c r="D80" s="23"/>
+      <c r="E80" s="24"/>
+      <c r="F80" s="13"/>
+      <c r="G80" s="13"/>
+      <c r="H80" s="13"/>
+      <c r="I80" s="13"/>
+      <c r="J80" s="13"/>
+      <c r="K80" s="13"/>
+      <c r="L80" s="13"/>
+      <c r="M80" s="13"/>
+      <c r="N80" s="13"/>
+      <c r="O80" s="13"/>
+      <c r="P80" s="13"/>
+      <c r="Q80" s="13"/>
+      <c r="R80" s="35">
+        <f>VLOOKUP(Q83,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S80" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T80" s="25"/>
+      <c r="U80" s="57"/>
+      <c r="V80" s="15">
+        <f>VLOOKUP(Q83,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W80" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X80" s="67"/>
+      <c r="Y80" s="68"/>
+      <c r="Z80" s="28"/>
+    </row>
+    <row r="81" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A81" s="70"/>
+      <c r="B81" s="86"/>
+      <c r="C81" s="23"/>
+      <c r="D81" s="23"/>
+      <c r="E81" s="24"/>
+      <c r="F81" s="13"/>
+      <c r="G81" s="13"/>
+      <c r="H81" s="13"/>
+      <c r="I81" s="13"/>
+      <c r="J81" s="13"/>
+      <c r="K81" s="13"/>
+      <c r="L81" s="13"/>
+      <c r="M81" s="13"/>
+      <c r="N81" s="13"/>
+      <c r="O81" s="13"/>
+      <c r="P81" s="13"/>
+      <c r="Q81" s="13"/>
+      <c r="R81" s="35">
+        <f>VLOOKUP(Q83,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S81" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T81" s="25"/>
+      <c r="U81" s="57"/>
+      <c r="V81" s="15">
+        <f>VLOOKUP(Q83,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W81" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X81" s="67"/>
+      <c r="Y81" s="68"/>
+      <c r="Z81" s="28"/>
+    </row>
+    <row r="82" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A82" s="70"/>
+      <c r="B82" s="86"/>
+      <c r="C82" s="23"/>
+      <c r="D82" s="23"/>
+      <c r="E82" s="24"/>
+      <c r="F82" s="13"/>
+      <c r="G82" s="13"/>
+      <c r="H82" s="13"/>
+      <c r="I82" s="13"/>
+      <c r="J82" s="13"/>
+      <c r="K82" s="13"/>
+      <c r="L82" s="13"/>
+      <c r="M82" s="13"/>
+      <c r="N82" s="13"/>
+      <c r="O82" s="13"/>
+      <c r="P82" s="13"/>
+      <c r="Q82" s="13"/>
+      <c r="R82" s="35">
+        <f>VLOOKUP(Q83,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S82" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T82" s="25"/>
+      <c r="U82" s="57"/>
+      <c r="V82" s="15">
+        <f>VLOOKUP(Q83,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W82" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X82" s="67"/>
+      <c r="Y82" s="68"/>
+      <c r="Z82" s="28"/>
+    </row>
+    <row r="83" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A83" s="78" t="s">
+        <v>185</v>
+      </c>
+      <c r="B83" s="87"/>
+      <c r="C83" s="71"/>
+      <c r="D83" s="71" t="s">
+        <v>86</v>
+      </c>
+      <c r="E83" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="F83" s="72" t="s">
+        <v>88</v>
+      </c>
+      <c r="G83" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="H83" s="72">
+        <v>50000</v>
+      </c>
+      <c r="I83" s="72">
+        <v>50000</v>
+      </c>
+      <c r="J83" s="72">
+        <v>50000</v>
+      </c>
+      <c r="K83" s="72">
+        <v>50000</v>
+      </c>
+      <c r="L83" s="72">
+        <v>50000</v>
+      </c>
+      <c r="M83" s="72">
+        <v>50000</v>
+      </c>
+      <c r="N83" s="72">
+        <v>50000</v>
+      </c>
+      <c r="O83" s="72">
+        <v>50000</v>
+      </c>
+      <c r="P83" s="72" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q83" s="72" t="s">
+        <v>67</v>
+      </c>
+      <c r="R83" s="47" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S83" s="73" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T83" s="74">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T79:T82)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U83" s="75" t="s">
+        <v>213</v>
+      </c>
+      <c r="V83" s="73" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W83" s="73">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X83" s="76">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X79:X82)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y83" s="77" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z83" s="85" t="str" cm="1">
+        <f t="array" ref="Z83">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="84" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A84" s="27"/>
+      <c r="B84" s="86"/>
+      <c r="C84" s="23"/>
+      <c r="D84" s="23"/>
+      <c r="E84" s="24"/>
+      <c r="F84" s="13"/>
+      <c r="G84" s="13"/>
+      <c r="H84" s="13"/>
+      <c r="I84" s="13"/>
+      <c r="J84" s="13"/>
+      <c r="K84" s="13"/>
+      <c r="L84" s="13"/>
+      <c r="M84" s="13"/>
+      <c r="N84" s="13"/>
+      <c r="O84" s="13"/>
+      <c r="P84" s="13"/>
+      <c r="Q84" s="13"/>
+      <c r="R84" s="35" t="str">
+        <f ca="1">VLOOKUP(Q88,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S84" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T84" s="25"/>
+      <c r="U84" s="57"/>
+      <c r="V84" s="15" t="str">
+        <f ca="1">VLOOKUP(Q88,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W84" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X84" s="67"/>
+      <c r="Y84" s="68"/>
+      <c r="Z84" s="28"/>
+    </row>
+    <row r="85" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A85" s="27"/>
+      <c r="B85" s="86"/>
+      <c r="C85" s="23"/>
+      <c r="D85" s="23"/>
+      <c r="E85" s="24"/>
+      <c r="F85" s="13"/>
+      <c r="G85" s="13"/>
+      <c r="H85" s="13"/>
+      <c r="I85" s="13"/>
+      <c r="J85" s="13"/>
+      <c r="K85" s="13"/>
+      <c r="L85" s="13"/>
+      <c r="M85" s="13"/>
+      <c r="N85" s="13"/>
+      <c r="O85" s="13"/>
+      <c r="P85" s="13"/>
+      <c r="Q85" s="13"/>
+      <c r="R85" s="35" t="str">
+        <f ca="1">VLOOKUP(Q88,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S85" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T73" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T85" s="25"/>
+      <c r="U85" s="57"/>
+      <c r="V85" s="15" t="str">
+        <f ca="1">VLOOKUP(Q88,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W85" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X85" s="67"/>
+      <c r="Y85" s="68"/>
+      <c r="Z85" s="28"/>
+    </row>
+    <row r="86" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A86" s="27"/>
+      <c r="B86" s="86"/>
+      <c r="C86" s="23"/>
+      <c r="D86" s="23"/>
+      <c r="E86" s="24"/>
+      <c r="F86" s="13"/>
+      <c r="G86" s="13"/>
+      <c r="H86" s="13"/>
+      <c r="I86" s="13"/>
+      <c r="J86" s="13"/>
+      <c r="K86" s="13"/>
+      <c r="L86" s="13"/>
+      <c r="M86" s="13"/>
+      <c r="N86" s="13"/>
+      <c r="O86" s="13"/>
+      <c r="P86" s="13"/>
+      <c r="Q86" s="13"/>
+      <c r="R86" s="35" t="str">
+        <f ca="1">VLOOKUP(Q88,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S75" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S86" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T75" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T86" s="25"/>
+      <c r="U86" s="57"/>
+      <c r="V86" s="15" t="str">
+        <f ca="1">VLOOKUP(Q88,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W86" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X86" s="67"/>
+      <c r="Y86" s="68"/>
+      <c r="Z86" s="28"/>
+    </row>
+    <row r="87" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A87" s="27"/>
+      <c r="B87" s="86"/>
+      <c r="C87" s="23"/>
+      <c r="D87" s="23"/>
+      <c r="E87" s="24"/>
+      <c r="F87" s="13"/>
+      <c r="G87" s="13"/>
+      <c r="H87" s="13"/>
+      <c r="I87" s="13"/>
+      <c r="J87" s="13"/>
+      <c r="K87" s="13"/>
+      <c r="L87" s="13"/>
+      <c r="M87" s="13"/>
+      <c r="N87" s="13"/>
+      <c r="O87" s="13"/>
+      <c r="P87" s="13"/>
+      <c r="Q87" s="13"/>
+      <c r="R87" s="35" t="str">
+        <f ca="1">VLOOKUP(Q88,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S87" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T76" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T87" s="25"/>
+      <c r="U87" s="57"/>
+      <c r="V87" s="15" t="str">
+        <f ca="1">VLOOKUP(Q88,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W87" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X87" s="67"/>
+      <c r="Y87" s="68"/>
+      <c r="Z87" s="28"/>
+    </row>
+    <row r="88" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A88" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B88" s="86"/>
+      <c r="C88" s="23"/>
+      <c r="D88" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E88" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F88" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G88" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H88" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I88" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J88" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K88" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L88" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M88" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N88" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O88" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P88" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T77" s="36">
-[...175 lines deleted...]
-      <c r="R82" s="19" t="str">
+      <c r="Q88" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R88" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S82" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S88" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T82" s="36">
-        <f>SUM(T78:T81)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T88" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T84:T87)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U88" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V88" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W88" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X88" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X84:X87)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y88" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z88" s="85" t="str" cm="1">
+        <f t="array" ref="Z88">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A89" s="70"/>
+      <c r="B89" s="86"/>
+      <c r="C89" s="23"/>
+      <c r="D89" s="23"/>
+      <c r="E89" s="24"/>
+      <c r="F89" s="13"/>
+      <c r="G89" s="13"/>
+      <c r="H89" s="13"/>
+      <c r="I89" s="13"/>
+      <c r="J89" s="13"/>
+      <c r="K89" s="13"/>
+      <c r="L89" s="13"/>
+      <c r="M89" s="13"/>
+      <c r="N89" s="13"/>
+      <c r="O89" s="13"/>
+      <c r="P89" s="13"/>
+      <c r="Q89" s="13"/>
+      <c r="R89" s="35" t="e">
+        <f ca="1">VLOOKUP(Q93,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S89" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T89" s="25"/>
+      <c r="U89" s="57"/>
+      <c r="V89" s="15" t="str">
+        <f ca="1">VLOOKUP(Q93,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W89" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X89" s="67"/>
+      <c r="Y89" s="68"/>
+      <c r="Z89" s="28"/>
+    </row>
+    <row r="90" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A90" s="70"/>
+      <c r="B90" s="86"/>
+      <c r="C90" s="23"/>
+      <c r="D90" s="23"/>
+      <c r="E90" s="24"/>
+      <c r="F90" s="13"/>
+      <c r="G90" s="13"/>
+      <c r="H90" s="13"/>
+      <c r="I90" s="13"/>
+      <c r="J90" s="13"/>
+      <c r="K90" s="13"/>
+      <c r="L90" s="13"/>
+      <c r="M90" s="13"/>
+      <c r="N90" s="13"/>
+      <c r="O90" s="13"/>
+      <c r="P90" s="13"/>
+      <c r="Q90" s="13"/>
+      <c r="R90" s="35">
+        <f>VLOOKUP(Q93,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S90" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T90" s="25"/>
+      <c r="U90" s="57"/>
+      <c r="V90" s="15">
+        <f>VLOOKUP(Q93,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W90" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X90" s="67"/>
+      <c r="Y90" s="68"/>
+      <c r="Z90" s="28"/>
+    </row>
+    <row r="91" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A91" s="70"/>
+      <c r="B91" s="86"/>
+      <c r="C91" s="23"/>
+      <c r="D91" s="23"/>
+      <c r="E91" s="24"/>
+      <c r="F91" s="13"/>
+      <c r="G91" s="13"/>
+      <c r="H91" s="13"/>
+      <c r="I91" s="13"/>
+      <c r="J91" s="13"/>
+      <c r="K91" s="13"/>
+      <c r="L91" s="13"/>
+      <c r="M91" s="13"/>
+      <c r="N91" s="13"/>
+      <c r="O91" s="13"/>
+      <c r="P91" s="13"/>
+      <c r="Q91" s="13"/>
+      <c r="R91" s="35">
+        <f>VLOOKUP(Q93,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S91" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T91" s="25"/>
+      <c r="U91" s="57"/>
+      <c r="V91" s="15">
+        <f>VLOOKUP(Q93,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W91" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X91" s="67"/>
+      <c r="Y91" s="68"/>
+      <c r="Z91" s="28"/>
+    </row>
+    <row r="92" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A92" s="70"/>
+      <c r="B92" s="86"/>
+      <c r="C92" s="23"/>
+      <c r="D92" s="23"/>
+      <c r="E92" s="24"/>
+      <c r="F92" s="13"/>
+      <c r="G92" s="13"/>
+      <c r="H92" s="13"/>
+      <c r="I92" s="13"/>
+      <c r="J92" s="13"/>
+      <c r="K92" s="13"/>
+      <c r="L92" s="13"/>
+      <c r="M92" s="13"/>
+      <c r="N92" s="13"/>
+      <c r="O92" s="13"/>
+      <c r="P92" s="13"/>
+      <c r="Q92" s="13"/>
+      <c r="R92" s="35">
+        <f>VLOOKUP(Q93,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S92" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T92" s="25"/>
+      <c r="U92" s="57"/>
+      <c r="V92" s="15">
+        <f>VLOOKUP(Q93,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W92" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X92" s="67"/>
+      <c r="Y92" s="68"/>
+      <c r="Z92" s="28"/>
+    </row>
+    <row r="93" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A93" s="70" t="s">
+        <v>185</v>
+      </c>
+      <c r="B93" s="86"/>
+      <c r="C93" s="23"/>
+      <c r="D93" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E93" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F93" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G93" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H93" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I93" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J93" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K93" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L93" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M93" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N93" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O93" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P93" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q93" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="R93" s="35" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S93" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T93" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T89:T92)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U93" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V93" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W93" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X93" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X89:X92)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y93" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z93" s="85" t="str" cm="1">
+        <f t="array" ref="Z93">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="94" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A94" s="27"/>
+      <c r="B94" s="86"/>
+      <c r="C94" s="23"/>
+      <c r="D94" s="23"/>
+      <c r="E94" s="24"/>
+      <c r="F94" s="13"/>
+      <c r="G94" s="13"/>
+      <c r="H94" s="13"/>
+      <c r="I94" s="13"/>
+      <c r="J94" s="13"/>
+      <c r="K94" s="13"/>
+      <c r="L94" s="13"/>
+      <c r="M94" s="13"/>
+      <c r="N94" s="13"/>
+      <c r="O94" s="13"/>
+      <c r="P94" s="13"/>
+      <c r="Q94" s="13"/>
+      <c r="R94" s="35" t="str">
+        <f ca="1">VLOOKUP(Q98,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S94" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T94" s="25"/>
+      <c r="U94" s="57"/>
+      <c r="V94" s="15" t="str">
+        <f ca="1">VLOOKUP(Q98,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W94" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X94" s="67"/>
+      <c r="Y94" s="68"/>
+      <c r="Z94" s="28"/>
+    </row>
+    <row r="95" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A95" s="27"/>
+      <c r="B95" s="86"/>
+      <c r="C95" s="23"/>
+      <c r="D95" s="23"/>
+      <c r="E95" s="24"/>
+      <c r="F95" s="13"/>
+      <c r="G95" s="13"/>
+      <c r="H95" s="13"/>
+      <c r="I95" s="13"/>
+      <c r="J95" s="13"/>
+      <c r="K95" s="13"/>
+      <c r="L95" s="13"/>
+      <c r="M95" s="13"/>
+      <c r="N95" s="13"/>
+      <c r="O95" s="13"/>
+      <c r="P95" s="13"/>
+      <c r="Q95" s="13"/>
+      <c r="R95" s="35" t="str">
+        <f ca="1">VLOOKUP(Q98,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S95" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T83" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T95" s="25"/>
+      <c r="U95" s="57"/>
+      <c r="V95" s="15" t="str">
+        <f ca="1">VLOOKUP(Q98,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W95" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X95" s="67"/>
+      <c r="Y95" s="68"/>
+      <c r="Z95" s="28"/>
+    </row>
+    <row r="96" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A96" s="27"/>
+      <c r="B96" s="86"/>
+      <c r="C96" s="23"/>
+      <c r="D96" s="23"/>
+      <c r="E96" s="24"/>
+      <c r="F96" s="13"/>
+      <c r="G96" s="13"/>
+      <c r="H96" s="13"/>
+      <c r="I96" s="13"/>
+      <c r="J96" s="13"/>
+      <c r="K96" s="13"/>
+      <c r="L96" s="13"/>
+      <c r="M96" s="13"/>
+      <c r="N96" s="13"/>
+      <c r="O96" s="13"/>
+      <c r="P96" s="13"/>
+      <c r="Q96" s="13"/>
+      <c r="R96" s="35" t="str">
+        <f ca="1">VLOOKUP(Q98,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S85" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S96" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T85" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T96" s="25"/>
+      <c r="U96" s="57"/>
+      <c r="V96" s="15" t="str">
+        <f ca="1">VLOOKUP(Q98,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W96" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X96" s="67"/>
+      <c r="Y96" s="68"/>
+      <c r="Z96" s="28"/>
+    </row>
+    <row r="97" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A97" s="27"/>
+      <c r="B97" s="86"/>
+      <c r="C97" s="23"/>
+      <c r="D97" s="23"/>
+      <c r="E97" s="24"/>
+      <c r="F97" s="13"/>
+      <c r="G97" s="13"/>
+      <c r="H97" s="13"/>
+      <c r="I97" s="13"/>
+      <c r="J97" s="13"/>
+      <c r="K97" s="13"/>
+      <c r="L97" s="13"/>
+      <c r="M97" s="13"/>
+      <c r="N97" s="13"/>
+      <c r="O97" s="13"/>
+      <c r="P97" s="13"/>
+      <c r="Q97" s="13"/>
+      <c r="R97" s="35" t="str">
+        <f ca="1">VLOOKUP(Q98,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S97" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T86" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T97" s="25"/>
+      <c r="U97" s="57"/>
+      <c r="V97" s="15" t="str">
+        <f ca="1">VLOOKUP(Q98,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W97" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X97" s="67"/>
+      <c r="Y97" s="68"/>
+      <c r="Z97" s="28"/>
+    </row>
+    <row r="98" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A98" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B98" s="86"/>
+      <c r="C98" s="23"/>
+      <c r="D98" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E98" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F98" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G98" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H98" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I98" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J98" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K98" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L98" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M98" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N98" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O98" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P98" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T87" s="36">
-[...175 lines deleted...]
-      <c r="R92" s="19" t="str">
+      <c r="Q98" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R98" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S92" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S98" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T92" s="36">
-        <f>SUM(T88:T91)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T98" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T94:T97)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U98" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V98" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W98" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X98" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X94:X97)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y98" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z98" s="85" t="str" cm="1">
+        <f t="array" ref="Z98">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="99" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A99" s="70"/>
+      <c r="B99" s="86"/>
+      <c r="C99" s="23"/>
+      <c r="D99" s="23"/>
+      <c r="E99" s="24"/>
+      <c r="F99" s="13"/>
+      <c r="G99" s="13"/>
+      <c r="H99" s="13"/>
+      <c r="I99" s="13"/>
+      <c r="J99" s="13"/>
+      <c r="K99" s="13"/>
+      <c r="L99" s="13"/>
+      <c r="M99" s="13"/>
+      <c r="N99" s="13"/>
+      <c r="O99" s="13"/>
+      <c r="P99" s="13"/>
+      <c r="Q99" s="13"/>
+      <c r="R99" s="35" t="e">
+        <f ca="1">VLOOKUP(Q103,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S99" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T99" s="25"/>
+      <c r="U99" s="57"/>
+      <c r="V99" s="15" t="str">
+        <f ca="1">VLOOKUP(Q103,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W99" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X99" s="67"/>
+      <c r="Y99" s="68"/>
+      <c r="Z99" s="28"/>
+    </row>
+    <row r="100" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A100" s="70"/>
+      <c r="B100" s="86"/>
+      <c r="C100" s="23"/>
+      <c r="D100" s="23"/>
+      <c r="E100" s="24"/>
+      <c r="F100" s="13"/>
+      <c r="G100" s="13"/>
+      <c r="H100" s="13"/>
+      <c r="I100" s="13"/>
+      <c r="J100" s="13"/>
+      <c r="K100" s="13"/>
+      <c r="L100" s="13"/>
+      <c r="M100" s="13"/>
+      <c r="N100" s="13"/>
+      <c r="O100" s="13"/>
+      <c r="P100" s="13"/>
+      <c r="Q100" s="13"/>
+      <c r="R100" s="35">
+        <f>VLOOKUP(Q103,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S100" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T100" s="25"/>
+      <c r="U100" s="57"/>
+      <c r="V100" s="15">
+        <f>VLOOKUP(Q103,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W100" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X100" s="67"/>
+      <c r="Y100" s="68"/>
+      <c r="Z100" s="28"/>
+    </row>
+    <row r="101" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A101" s="70"/>
+      <c r="B101" s="86"/>
+      <c r="C101" s="23"/>
+      <c r="D101" s="23"/>
+      <c r="E101" s="24"/>
+      <c r="F101" s="13"/>
+      <c r="G101" s="13"/>
+      <c r="H101" s="13"/>
+      <c r="I101" s="13"/>
+      <c r="J101" s="13"/>
+      <c r="K101" s="13"/>
+      <c r="L101" s="13"/>
+      <c r="M101" s="13"/>
+      <c r="N101" s="13"/>
+      <c r="O101" s="13"/>
+      <c r="P101" s="13"/>
+      <c r="Q101" s="13"/>
+      <c r="R101" s="35">
+        <f>VLOOKUP(Q103,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S101" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T101" s="25"/>
+      <c r="U101" s="57"/>
+      <c r="V101" s="15">
+        <f>VLOOKUP(Q103,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W101" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X101" s="67"/>
+      <c r="Y101" s="68"/>
+      <c r="Z101" s="28"/>
+    </row>
+    <row r="102" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A102" s="70"/>
+      <c r="B102" s="86"/>
+      <c r="C102" s="23"/>
+      <c r="D102" s="23"/>
+      <c r="E102" s="24"/>
+      <c r="F102" s="13"/>
+      <c r="G102" s="13"/>
+      <c r="H102" s="13"/>
+      <c r="I102" s="13"/>
+      <c r="J102" s="13"/>
+      <c r="K102" s="13"/>
+      <c r="L102" s="13"/>
+      <c r="M102" s="13"/>
+      <c r="N102" s="13"/>
+      <c r="O102" s="13"/>
+      <c r="P102" s="13"/>
+      <c r="Q102" s="13"/>
+      <c r="R102" s="35">
+        <f>VLOOKUP(Q103,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S102" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T102" s="25"/>
+      <c r="U102" s="57"/>
+      <c r="V102" s="15">
+        <f>VLOOKUP(Q103,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W102" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X102" s="67"/>
+      <c r="Y102" s="68"/>
+      <c r="Z102" s="28"/>
+    </row>
+    <row r="103" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A103" s="70" t="s">
+        <v>185</v>
+      </c>
+      <c r="B103" s="86"/>
+      <c r="C103" s="23"/>
+      <c r="D103" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E103" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F103" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G103" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H103" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I103" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J103" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K103" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L103" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M103" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N103" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O103" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P103" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q103" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="R103" s="35" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S103" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T103" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T99:T102)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U103" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V103" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W103" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X103" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X99:X102)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y103" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z103" s="85" t="str" cm="1">
+        <f t="array" ref="Z103">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="104" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A104" s="27"/>
+      <c r="B104" s="86"/>
+      <c r="C104" s="23"/>
+      <c r="D104" s="23"/>
+      <c r="E104" s="24"/>
+      <c r="F104" s="13"/>
+      <c r="G104" s="13"/>
+      <c r="H104" s="13"/>
+      <c r="I104" s="13"/>
+      <c r="J104" s="13"/>
+      <c r="K104" s="13"/>
+      <c r="L104" s="13"/>
+      <c r="M104" s="13"/>
+      <c r="N104" s="13"/>
+      <c r="O104" s="13"/>
+      <c r="P104" s="13"/>
+      <c r="Q104" s="13"/>
+      <c r="R104" s="35" t="str">
+        <f ca="1">VLOOKUP(Q108,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S104" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T104" s="25"/>
+      <c r="U104" s="57"/>
+      <c r="V104" s="15" t="str">
+        <f ca="1">VLOOKUP(Q108,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W104" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X104" s="67"/>
+      <c r="Y104" s="68"/>
+      <c r="Z104" s="28"/>
+    </row>
+    <row r="105" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A105" s="27"/>
+      <c r="B105" s="86"/>
+      <c r="C105" s="23"/>
+      <c r="D105" s="23"/>
+      <c r="E105" s="24"/>
+      <c r="F105" s="13"/>
+      <c r="G105" s="13"/>
+      <c r="H105" s="13"/>
+      <c r="I105" s="13"/>
+      <c r="J105" s="13"/>
+      <c r="K105" s="13"/>
+      <c r="L105" s="13"/>
+      <c r="M105" s="13"/>
+      <c r="N105" s="13"/>
+      <c r="O105" s="13"/>
+      <c r="P105" s="13"/>
+      <c r="Q105" s="13"/>
+      <c r="R105" s="35" t="str">
+        <f ca="1">VLOOKUP(Q108,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S105" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T93" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T105" s="25"/>
+      <c r="U105" s="57"/>
+      <c r="V105" s="15" t="str">
+        <f ca="1">VLOOKUP(Q108,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W105" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X105" s="67"/>
+      <c r="Y105" s="68"/>
+      <c r="Z105" s="28"/>
+    </row>
+    <row r="106" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A106" s="27"/>
+      <c r="B106" s="86"/>
+      <c r="C106" s="23"/>
+      <c r="D106" s="23"/>
+      <c r="E106" s="24"/>
+      <c r="F106" s="13"/>
+      <c r="G106" s="13"/>
+      <c r="H106" s="13"/>
+      <c r="I106" s="13"/>
+      <c r="J106" s="13"/>
+      <c r="K106" s="13"/>
+      <c r="L106" s="13"/>
+      <c r="M106" s="13"/>
+      <c r="N106" s="13"/>
+      <c r="O106" s="13"/>
+      <c r="P106" s="13"/>
+      <c r="Q106" s="13"/>
+      <c r="R106" s="35" t="str">
+        <f ca="1">VLOOKUP(Q108,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S95" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S106" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T95" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T106" s="25"/>
+      <c r="U106" s="57"/>
+      <c r="V106" s="15" t="str">
+        <f ca="1">VLOOKUP(Q108,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W106" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X106" s="67"/>
+      <c r="Y106" s="68"/>
+      <c r="Z106" s="28"/>
+    </row>
+    <row r="107" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A107" s="27"/>
+      <c r="B107" s="86"/>
+      <c r="C107" s="23"/>
+      <c r="D107" s="23"/>
+      <c r="E107" s="24"/>
+      <c r="F107" s="13"/>
+      <c r="G107" s="13"/>
+      <c r="H107" s="13"/>
+      <c r="I107" s="13"/>
+      <c r="J107" s="13"/>
+      <c r="K107" s="13"/>
+      <c r="L107" s="13"/>
+      <c r="M107" s="13"/>
+      <c r="N107" s="13"/>
+      <c r="O107" s="13"/>
+      <c r="P107" s="13"/>
+      <c r="Q107" s="13"/>
+      <c r="R107" s="35" t="str">
+        <f ca="1">VLOOKUP(Q108,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S107" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T96" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T107" s="25"/>
+      <c r="U107" s="57"/>
+      <c r="V107" s="15" t="str">
+        <f ca="1">VLOOKUP(Q108,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W107" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X107" s="67"/>
+      <c r="Y107" s="68"/>
+      <c r="Z107" s="28"/>
+    </row>
+    <row r="108" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A108" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B108" s="86"/>
+      <c r="C108" s="23"/>
+      <c r="D108" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E108" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F108" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G108" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H108" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I108" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J108" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K108" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L108" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M108" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N108" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O108" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P108" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T97" s="36">
-[...175 lines deleted...]
-      <c r="R102" s="19" t="str">
+      <c r="Q108" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R108" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S102" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S108" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T102" s="36">
-        <f>SUM(T98:T101)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T108" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T104:T107)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U108" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V108" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W108" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X108" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X104:X107)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y108" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z108" s="85" t="str" cm="1">
+        <f t="array" ref="Z108">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="109" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A109" s="70"/>
+      <c r="B109" s="86"/>
+      <c r="C109" s="23"/>
+      <c r="D109" s="23"/>
+      <c r="E109" s="24"/>
+      <c r="F109" s="13"/>
+      <c r="G109" s="13"/>
+      <c r="H109" s="13"/>
+      <c r="I109" s="13"/>
+      <c r="J109" s="13"/>
+      <c r="K109" s="13"/>
+      <c r="L109" s="13"/>
+      <c r="M109" s="13"/>
+      <c r="N109" s="13"/>
+      <c r="O109" s="13"/>
+      <c r="P109" s="13"/>
+      <c r="Q109" s="13"/>
+      <c r="R109" s="35" t="e">
+        <f ca="1">VLOOKUP(Q113,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S109" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T109" s="25"/>
+      <c r="U109" s="57"/>
+      <c r="V109" s="15" t="str">
+        <f ca="1">VLOOKUP(Q113,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W109" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X109" s="67"/>
+      <c r="Y109" s="68"/>
+      <c r="Z109" s="28"/>
+    </row>
+    <row r="110" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A110" s="70"/>
+      <c r="B110" s="86"/>
+      <c r="C110" s="23"/>
+      <c r="D110" s="23"/>
+      <c r="E110" s="24"/>
+      <c r="F110" s="13"/>
+      <c r="G110" s="13"/>
+      <c r="H110" s="13"/>
+      <c r="I110" s="13"/>
+      <c r="J110" s="13"/>
+      <c r="K110" s="13"/>
+      <c r="L110" s="13"/>
+      <c r="M110" s="13"/>
+      <c r="N110" s="13"/>
+      <c r="O110" s="13"/>
+      <c r="P110" s="13"/>
+      <c r="Q110" s="13"/>
+      <c r="R110" s="35">
+        <f>VLOOKUP(Q113,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S110" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T110" s="25"/>
+      <c r="U110" s="57"/>
+      <c r="V110" s="15">
+        <f>VLOOKUP(Q113,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W110" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X110" s="67"/>
+      <c r="Y110" s="68"/>
+      <c r="Z110" s="28"/>
+    </row>
+    <row r="111" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A111" s="70"/>
+      <c r="B111" s="86"/>
+      <c r="C111" s="23"/>
+      <c r="D111" s="23"/>
+      <c r="E111" s="24"/>
+      <c r="F111" s="13"/>
+      <c r="G111" s="13"/>
+      <c r="H111" s="13"/>
+      <c r="I111" s="13"/>
+      <c r="J111" s="13"/>
+      <c r="K111" s="13"/>
+      <c r="L111" s="13"/>
+      <c r="M111" s="13"/>
+      <c r="N111" s="13"/>
+      <c r="O111" s="13"/>
+      <c r="P111" s="13"/>
+      <c r="Q111" s="13"/>
+      <c r="R111" s="35">
+        <f>VLOOKUP(Q113,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S111" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T111" s="25"/>
+      <c r="U111" s="57"/>
+      <c r="V111" s="15">
+        <f>VLOOKUP(Q113,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W111" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X111" s="67"/>
+      <c r="Y111" s="68"/>
+      <c r="Z111" s="28"/>
+    </row>
+    <row r="112" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A112" s="70"/>
+      <c r="B112" s="86"/>
+      <c r="C112" s="23"/>
+      <c r="D112" s="23"/>
+      <c r="E112" s="24"/>
+      <c r="F112" s="13"/>
+      <c r="G112" s="13"/>
+      <c r="H112" s="13"/>
+      <c r="I112" s="13"/>
+      <c r="J112" s="13"/>
+      <c r="K112" s="13"/>
+      <c r="L112" s="13"/>
+      <c r="M112" s="13"/>
+      <c r="N112" s="13"/>
+      <c r="O112" s="13"/>
+      <c r="P112" s="13"/>
+      <c r="Q112" s="13"/>
+      <c r="R112" s="35">
+        <f>VLOOKUP(Q113,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S112" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T112" s="25"/>
+      <c r="U112" s="57"/>
+      <c r="V112" s="15">
+        <f>VLOOKUP(Q113,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W112" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X112" s="67"/>
+      <c r="Y112" s="68"/>
+      <c r="Z112" s="28"/>
+    </row>
+    <row r="113" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A113" s="70" t="s">
+        <v>185</v>
+      </c>
+      <c r="B113" s="86"/>
+      <c r="C113" s="23"/>
+      <c r="D113" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E113" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F113" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G113" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H113" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I113" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J113" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K113" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L113" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M113" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N113" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O113" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P113" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q113" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="R113" s="35" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S113" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T113" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T109:T112)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U113" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V113" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W113" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X113" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X109:X112)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y113" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z113" s="85" t="str" cm="1">
+        <f t="array" ref="Z113">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="114" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A114" s="27"/>
+      <c r="B114" s="86"/>
+      <c r="C114" s="23"/>
+      <c r="D114" s="23"/>
+      <c r="E114" s="24"/>
+      <c r="F114" s="13"/>
+      <c r="G114" s="13"/>
+      <c r="H114" s="13"/>
+      <c r="I114" s="13"/>
+      <c r="J114" s="13"/>
+      <c r="K114" s="13"/>
+      <c r="L114" s="13"/>
+      <c r="M114" s="13"/>
+      <c r="N114" s="13"/>
+      <c r="O114" s="13"/>
+      <c r="P114" s="13"/>
+      <c r="Q114" s="13"/>
+      <c r="R114" s="35" t="str">
+        <f ca="1">VLOOKUP(Q118,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S114" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T114" s="25"/>
+      <c r="U114" s="57"/>
+      <c r="V114" s="15" t="str">
+        <f ca="1">VLOOKUP(Q118,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W114" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X114" s="67"/>
+      <c r="Y114" s="68"/>
+      <c r="Z114" s="28"/>
+    </row>
+    <row r="115" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A115" s="27"/>
+      <c r="B115" s="86"/>
+      <c r="C115" s="23"/>
+      <c r="D115" s="23"/>
+      <c r="E115" s="24"/>
+      <c r="F115" s="13"/>
+      <c r="G115" s="13"/>
+      <c r="H115" s="13"/>
+      <c r="I115" s="13"/>
+      <c r="J115" s="13"/>
+      <c r="K115" s="13"/>
+      <c r="L115" s="13"/>
+      <c r="M115" s="13"/>
+      <c r="N115" s="13"/>
+      <c r="O115" s="13"/>
+      <c r="P115" s="13"/>
+      <c r="Q115" s="13"/>
+      <c r="R115" s="35" t="str">
+        <f ca="1">VLOOKUP(Q118,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S115" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T103" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T115" s="25"/>
+      <c r="U115" s="57"/>
+      <c r="V115" s="15" t="str">
+        <f ca="1">VLOOKUP(Q118,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W115" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X115" s="67"/>
+      <c r="Y115" s="68"/>
+      <c r="Z115" s="28"/>
+    </row>
+    <row r="116" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A116" s="27"/>
+      <c r="B116" s="86"/>
+      <c r="C116" s="23"/>
+      <c r="D116" s="23"/>
+      <c r="E116" s="24"/>
+      <c r="F116" s="13"/>
+      <c r="G116" s="13"/>
+      <c r="H116" s="13"/>
+      <c r="I116" s="13"/>
+      <c r="J116" s="13"/>
+      <c r="K116" s="13"/>
+      <c r="L116" s="13"/>
+      <c r="M116" s="13"/>
+      <c r="N116" s="13"/>
+      <c r="O116" s="13"/>
+      <c r="P116" s="13"/>
+      <c r="Q116" s="13"/>
+      <c r="R116" s="35" t="str">
+        <f ca="1">VLOOKUP(Q118,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S105" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S116" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T105" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T116" s="25"/>
+      <c r="U116" s="57"/>
+      <c r="V116" s="15" t="str">
+        <f ca="1">VLOOKUP(Q118,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W116" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X116" s="67"/>
+      <c r="Y116" s="68"/>
+      <c r="Z116" s="28"/>
+    </row>
+    <row r="117" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A117" s="27"/>
+      <c r="B117" s="86"/>
+      <c r="C117" s="23"/>
+      <c r="D117" s="23"/>
+      <c r="E117" s="24"/>
+      <c r="F117" s="13"/>
+      <c r="G117" s="13"/>
+      <c r="H117" s="13"/>
+      <c r="I117" s="13"/>
+      <c r="J117" s="13"/>
+      <c r="K117" s="13"/>
+      <c r="L117" s="13"/>
+      <c r="M117" s="13"/>
+      <c r="N117" s="13"/>
+      <c r="O117" s="13"/>
+      <c r="P117" s="13"/>
+      <c r="Q117" s="13"/>
+      <c r="R117" s="35" t="str">
+        <f ca="1">VLOOKUP(Q118,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S117" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T106" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T117" s="25"/>
+      <c r="U117" s="57"/>
+      <c r="V117" s="15" t="str">
+        <f ca="1">VLOOKUP(Q118,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W117" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X117" s="67"/>
+      <c r="Y117" s="68"/>
+      <c r="Z117" s="28"/>
+    </row>
+    <row r="118" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A118" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B118" s="86"/>
+      <c r="C118" s="23"/>
+      <c r="D118" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E118" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F118" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G118" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H118" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I118" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J118" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K118" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L118" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M118" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N118" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O118" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P118" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T107" s="36">
-[...175 lines deleted...]
-      <c r="R112" s="19" t="str">
+      <c r="Q118" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R118" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S112" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S118" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T112" s="36">
-        <f>SUM(T108:T111)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T118" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T114:T117)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U118" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V118" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W118" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X118" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X114:X117)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y118" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z118" s="85" t="str" cm="1">
+        <f t="array" ref="Z118">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="119" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A119" s="70"/>
+      <c r="B119" s="86"/>
+      <c r="C119" s="23"/>
+      <c r="D119" s="23"/>
+      <c r="E119" s="24"/>
+      <c r="F119" s="13"/>
+      <c r="G119" s="13"/>
+      <c r="H119" s="13"/>
+      <c r="I119" s="13"/>
+      <c r="J119" s="13"/>
+      <c r="K119" s="13"/>
+      <c r="L119" s="13"/>
+      <c r="M119" s="13"/>
+      <c r="N119" s="13"/>
+      <c r="O119" s="13"/>
+      <c r="P119" s="13"/>
+      <c r="Q119" s="13"/>
+      <c r="R119" s="35" t="e">
+        <f ca="1">VLOOKUP(Q123,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S119" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T119" s="25"/>
+      <c r="U119" s="57"/>
+      <c r="V119" s="15" t="str">
+        <f ca="1">VLOOKUP(Q123,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W119" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X119" s="67"/>
+      <c r="Y119" s="68"/>
+      <c r="Z119" s="28"/>
+    </row>
+    <row r="120" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A120" s="70"/>
+      <c r="B120" s="86"/>
+      <c r="C120" s="23"/>
+      <c r="D120" s="23"/>
+      <c r="E120" s="24"/>
+      <c r="F120" s="13"/>
+      <c r="G120" s="13"/>
+      <c r="H120" s="13"/>
+      <c r="I120" s="13"/>
+      <c r="J120" s="13"/>
+      <c r="K120" s="13"/>
+      <c r="L120" s="13"/>
+      <c r="M120" s="13"/>
+      <c r="N120" s="13"/>
+      <c r="O120" s="13"/>
+      <c r="P120" s="13"/>
+      <c r="Q120" s="13"/>
+      <c r="R120" s="35">
+        <f>VLOOKUP(Q123,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S120" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T120" s="25"/>
+      <c r="U120" s="57"/>
+      <c r="V120" s="15">
+        <f>VLOOKUP(Q123,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W120" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X120" s="67"/>
+      <c r="Y120" s="68"/>
+      <c r="Z120" s="28"/>
+    </row>
+    <row r="121" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A121" s="70"/>
+      <c r="B121" s="86"/>
+      <c r="C121" s="23"/>
+      <c r="D121" s="23"/>
+      <c r="E121" s="24"/>
+      <c r="F121" s="13"/>
+      <c r="G121" s="13"/>
+      <c r="H121" s="13"/>
+      <c r="I121" s="13"/>
+      <c r="J121" s="13"/>
+      <c r="K121" s="13"/>
+      <c r="L121" s="13"/>
+      <c r="M121" s="13"/>
+      <c r="N121" s="13"/>
+      <c r="O121" s="13"/>
+      <c r="P121" s="13"/>
+      <c r="Q121" s="13"/>
+      <c r="R121" s="35">
+        <f>VLOOKUP(Q123,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S121" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T121" s="25"/>
+      <c r="U121" s="57"/>
+      <c r="V121" s="15">
+        <f>VLOOKUP(Q123,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W121" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X121" s="67"/>
+      <c r="Y121" s="68"/>
+      <c r="Z121" s="28"/>
+    </row>
+    <row r="122" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A122" s="70"/>
+      <c r="B122" s="86"/>
+      <c r="C122" s="23"/>
+      <c r="D122" s="23"/>
+      <c r="E122" s="24"/>
+      <c r="F122" s="13"/>
+      <c r="G122" s="13"/>
+      <c r="H122" s="13"/>
+      <c r="I122" s="13"/>
+      <c r="J122" s="13"/>
+      <c r="K122" s="13"/>
+      <c r="L122" s="13"/>
+      <c r="M122" s="13"/>
+      <c r="N122" s="13"/>
+      <c r="O122" s="13"/>
+      <c r="P122" s="13"/>
+      <c r="Q122" s="13"/>
+      <c r="R122" s="35">
+        <f>VLOOKUP(Q123,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S122" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T122" s="25"/>
+      <c r="U122" s="57"/>
+      <c r="V122" s="15">
+        <f>VLOOKUP(Q123,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W122" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X122" s="67"/>
+      <c r="Y122" s="68"/>
+      <c r="Z122" s="28"/>
+    </row>
+    <row r="123" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A123" s="70" t="s">
+        <v>185</v>
+      </c>
+      <c r="B123" s="86"/>
+      <c r="C123" s="23"/>
+      <c r="D123" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E123" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F123" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G123" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H123" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I123" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J123" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K123" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L123" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M123" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N123" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O123" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P123" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q123" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="R123" s="35" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S123" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T123" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T119:T122)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U123" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V123" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W123" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X123" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X119:X122)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y123" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z123" s="85" t="str" cm="1">
+        <f t="array" ref="Z123">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="124" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A124" s="27"/>
+      <c r="B124" s="86"/>
+      <c r="C124" s="23"/>
+      <c r="D124" s="23"/>
+      <c r="E124" s="24"/>
+      <c r="F124" s="13"/>
+      <c r="G124" s="13"/>
+      <c r="H124" s="13"/>
+      <c r="I124" s="13"/>
+      <c r="J124" s="13"/>
+      <c r="K124" s="13"/>
+      <c r="L124" s="13"/>
+      <c r="M124" s="13"/>
+      <c r="N124" s="13"/>
+      <c r="O124" s="13"/>
+      <c r="P124" s="13"/>
+      <c r="Q124" s="13"/>
+      <c r="R124" s="35" t="str">
+        <f ca="1">VLOOKUP(Q128,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S124" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T124" s="25"/>
+      <c r="U124" s="57"/>
+      <c r="V124" s="15" t="str">
+        <f ca="1">VLOOKUP(Q128,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W124" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X124" s="67"/>
+      <c r="Y124" s="68"/>
+      <c r="Z124" s="28"/>
+    </row>
+    <row r="125" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A125" s="27"/>
+      <c r="B125" s="86"/>
+      <c r="C125" s="23"/>
+      <c r="D125" s="23"/>
+      <c r="E125" s="24"/>
+      <c r="F125" s="13"/>
+      <c r="G125" s="13"/>
+      <c r="H125" s="13"/>
+      <c r="I125" s="13"/>
+      <c r="J125" s="13"/>
+      <c r="K125" s="13"/>
+      <c r="L125" s="13"/>
+      <c r="M125" s="13"/>
+      <c r="N125" s="13"/>
+      <c r="O125" s="13"/>
+      <c r="P125" s="13"/>
+      <c r="Q125" s="13"/>
+      <c r="R125" s="35" t="str">
+        <f ca="1">VLOOKUP(Q128,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S125" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T113" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T125" s="25"/>
+      <c r="U125" s="57"/>
+      <c r="V125" s="15" t="str">
+        <f ca="1">VLOOKUP(Q128,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W125" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X125" s="67"/>
+      <c r="Y125" s="68"/>
+      <c r="Z125" s="28"/>
+    </row>
+    <row r="126" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A126" s="27"/>
+      <c r="B126" s="86"/>
+      <c r="C126" s="23"/>
+      <c r="D126" s="23"/>
+      <c r="E126" s="24"/>
+      <c r="F126" s="13"/>
+      <c r="G126" s="13"/>
+      <c r="H126" s="13"/>
+      <c r="I126" s="13"/>
+      <c r="J126" s="13"/>
+      <c r="K126" s="13"/>
+      <c r="L126" s="13"/>
+      <c r="M126" s="13"/>
+      <c r="N126" s="13"/>
+      <c r="O126" s="13"/>
+      <c r="P126" s="13"/>
+      <c r="Q126" s="13"/>
+      <c r="R126" s="35" t="str">
+        <f ca="1">VLOOKUP(Q128,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S115" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S126" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T115" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T126" s="25"/>
+      <c r="U126" s="57"/>
+      <c r="V126" s="15" t="str">
+        <f ca="1">VLOOKUP(Q128,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W126" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X126" s="67"/>
+      <c r="Y126" s="68"/>
+      <c r="Z126" s="28"/>
+    </row>
+    <row r="127" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A127" s="27"/>
+      <c r="B127" s="86"/>
+      <c r="C127" s="23"/>
+      <c r="D127" s="23"/>
+      <c r="E127" s="24"/>
+      <c r="F127" s="13"/>
+      <c r="G127" s="13"/>
+      <c r="H127" s="13"/>
+      <c r="I127" s="13"/>
+      <c r="J127" s="13"/>
+      <c r="K127" s="13"/>
+      <c r="L127" s="13"/>
+      <c r="M127" s="13"/>
+      <c r="N127" s="13"/>
+      <c r="O127" s="13"/>
+      <c r="P127" s="13"/>
+      <c r="Q127" s="13"/>
+      <c r="R127" s="35" t="str">
+        <f ca="1">VLOOKUP(Q128,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S127" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T116" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T127" s="25"/>
+      <c r="U127" s="57"/>
+      <c r="V127" s="15" t="str">
+        <f ca="1">VLOOKUP(Q128,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W127" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X127" s="67"/>
+      <c r="Y127" s="68"/>
+      <c r="Z127" s="28"/>
+    </row>
+    <row r="128" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A128" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B128" s="86"/>
+      <c r="C128" s="23"/>
+      <c r="D128" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E128" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F128" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G128" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H128" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I128" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J128" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K128" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L128" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M128" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N128" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O128" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P128" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T117" s="36">
-[...175 lines deleted...]
-      <c r="R122" s="19" t="str">
+      <c r="Q128" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R128" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S122" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S128" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T122" s="36">
-        <f>SUM(T118:T121)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T128" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T124:T127)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U128" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V128" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W128" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X128" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X124:X127)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y128" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z128" s="85" t="str" cm="1">
+        <f t="array" ref="Z128">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="129" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A129" s="70"/>
+      <c r="B129" s="86"/>
+      <c r="C129" s="23"/>
+      <c r="D129" s="23"/>
+      <c r="E129" s="24"/>
+      <c r="F129" s="13"/>
+      <c r="G129" s="13"/>
+      <c r="H129" s="13"/>
+      <c r="I129" s="13"/>
+      <c r="J129" s="13"/>
+      <c r="K129" s="13"/>
+      <c r="L129" s="13"/>
+      <c r="M129" s="13"/>
+      <c r="N129" s="13"/>
+      <c r="O129" s="13"/>
+      <c r="P129" s="13"/>
+      <c r="Q129" s="13"/>
+      <c r="R129" s="35" t="e">
+        <f ca="1">VLOOKUP(Q133,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S129" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T129" s="25"/>
+      <c r="U129" s="57"/>
+      <c r="V129" s="15" t="str">
+        <f ca="1">VLOOKUP(Q133,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W129" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X129" s="67"/>
+      <c r="Y129" s="68"/>
+      <c r="Z129" s="28"/>
+    </row>
+    <row r="130" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A130" s="70"/>
+      <c r="B130" s="86"/>
+      <c r="C130" s="23"/>
+      <c r="D130" s="23"/>
+      <c r="E130" s="24"/>
+      <c r="F130" s="13"/>
+      <c r="G130" s="13"/>
+      <c r="H130" s="13"/>
+      <c r="I130" s="13"/>
+      <c r="J130" s="13"/>
+      <c r="K130" s="13"/>
+      <c r="L130" s="13"/>
+      <c r="M130" s="13"/>
+      <c r="N130" s="13"/>
+      <c r="O130" s="13"/>
+      <c r="P130" s="13"/>
+      <c r="Q130" s="13"/>
+      <c r="R130" s="35">
+        <f>VLOOKUP(Q133,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S130" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T130" s="25"/>
+      <c r="U130" s="57"/>
+      <c r="V130" s="15">
+        <f>VLOOKUP(Q133,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W130" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X130" s="67"/>
+      <c r="Y130" s="68"/>
+      <c r="Z130" s="28"/>
+    </row>
+    <row r="131" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A131" s="70"/>
+      <c r="B131" s="86"/>
+      <c r="C131" s="23"/>
+      <c r="D131" s="23"/>
+      <c r="E131" s="24"/>
+      <c r="F131" s="13"/>
+      <c r="G131" s="13"/>
+      <c r="H131" s="13"/>
+      <c r="I131" s="13"/>
+      <c r="J131" s="13"/>
+      <c r="K131" s="13"/>
+      <c r="L131" s="13"/>
+      <c r="M131" s="13"/>
+      <c r="N131" s="13"/>
+      <c r="O131" s="13"/>
+      <c r="P131" s="13"/>
+      <c r="Q131" s="13"/>
+      <c r="R131" s="35">
+        <f>VLOOKUP(Q133,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S131" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T131" s="25"/>
+      <c r="U131" s="57"/>
+      <c r="V131" s="15">
+        <f>VLOOKUP(Q133,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W131" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X131" s="67"/>
+      <c r="Y131" s="68"/>
+      <c r="Z131" s="28"/>
+    </row>
+    <row r="132" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A132" s="70"/>
+      <c r="B132" s="86"/>
+      <c r="C132" s="23"/>
+      <c r="D132" s="23"/>
+      <c r="E132" s="24"/>
+      <c r="F132" s="13"/>
+      <c r="G132" s="13"/>
+      <c r="H132" s="13"/>
+      <c r="I132" s="13"/>
+      <c r="J132" s="13"/>
+      <c r="K132" s="13"/>
+      <c r="L132" s="13"/>
+      <c r="M132" s="13"/>
+      <c r="N132" s="13"/>
+      <c r="O132" s="13"/>
+      <c r="P132" s="13"/>
+      <c r="Q132" s="13"/>
+      <c r="R132" s="35">
+        <f>VLOOKUP(Q133,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S132" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T132" s="25"/>
+      <c r="U132" s="57"/>
+      <c r="V132" s="15">
+        <f>VLOOKUP(Q133,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W132" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X132" s="67"/>
+      <c r="Y132" s="68"/>
+      <c r="Z132" s="28"/>
+    </row>
+    <row r="133" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A133" s="70" t="s">
+        <v>185</v>
+      </c>
+      <c r="B133" s="86"/>
+      <c r="C133" s="23"/>
+      <c r="D133" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E133" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F133" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G133" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H133" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I133" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J133" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K133" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L133" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M133" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N133" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O133" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P133" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q133" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="R133" s="35" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S133" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T133" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T129:T132)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U133" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V133" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W133" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X133" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X129:X132)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y133" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z133" s="85" t="str" cm="1">
+        <f t="array" ref="Z133">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="134" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A134" s="27"/>
+      <c r="B134" s="86"/>
+      <c r="C134" s="23"/>
+      <c r="D134" s="23"/>
+      <c r="E134" s="24"/>
+      <c r="F134" s="13"/>
+      <c r="G134" s="13"/>
+      <c r="H134" s="13"/>
+      <c r="I134" s="13"/>
+      <c r="J134" s="13"/>
+      <c r="K134" s="13"/>
+      <c r="L134" s="13"/>
+      <c r="M134" s="13"/>
+      <c r="N134" s="13"/>
+      <c r="O134" s="13"/>
+      <c r="P134" s="13"/>
+      <c r="Q134" s="13"/>
+      <c r="R134" s="35" t="str">
+        <f ca="1">VLOOKUP(Q138,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S134" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T134" s="25"/>
+      <c r="U134" s="57"/>
+      <c r="V134" s="15" t="str">
+        <f ca="1">VLOOKUP(Q138,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W134" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X134" s="67"/>
+      <c r="Y134" s="68"/>
+      <c r="Z134" s="28"/>
+    </row>
+    <row r="135" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A135" s="27"/>
+      <c r="B135" s="86"/>
+      <c r="C135" s="23"/>
+      <c r="D135" s="23"/>
+      <c r="E135" s="24"/>
+      <c r="F135" s="13"/>
+      <c r="G135" s="13"/>
+      <c r="H135" s="13"/>
+      <c r="I135" s="13"/>
+      <c r="J135" s="13"/>
+      <c r="K135" s="13"/>
+      <c r="L135" s="13"/>
+      <c r="M135" s="13"/>
+      <c r="N135" s="13"/>
+      <c r="O135" s="13"/>
+      <c r="P135" s="13"/>
+      <c r="Q135" s="13"/>
+      <c r="R135" s="35" t="str">
+        <f ca="1">VLOOKUP(Q138,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S135" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T123" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T135" s="25"/>
+      <c r="U135" s="57"/>
+      <c r="V135" s="15" t="str">
+        <f ca="1">VLOOKUP(Q138,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W135" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X135" s="67"/>
+      <c r="Y135" s="68"/>
+      <c r="Z135" s="28"/>
+    </row>
+    <row r="136" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A136" s="27"/>
+      <c r="B136" s="86"/>
+      <c r="C136" s="23"/>
+      <c r="D136" s="23"/>
+      <c r="E136" s="24"/>
+      <c r="F136" s="13"/>
+      <c r="G136" s="13"/>
+      <c r="H136" s="13"/>
+      <c r="I136" s="13"/>
+      <c r="J136" s="13"/>
+      <c r="K136" s="13"/>
+      <c r="L136" s="13"/>
+      <c r="M136" s="13"/>
+      <c r="N136" s="13"/>
+      <c r="O136" s="13"/>
+      <c r="P136" s="13"/>
+      <c r="Q136" s="13"/>
+      <c r="R136" s="35" t="str">
+        <f ca="1">VLOOKUP(Q138,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S125" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S136" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T125" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T136" s="25"/>
+      <c r="U136" s="57"/>
+      <c r="V136" s="15" t="str">
+        <f ca="1">VLOOKUP(Q138,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W136" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X136" s="67"/>
+      <c r="Y136" s="68"/>
+      <c r="Z136" s="28"/>
+    </row>
+    <row r="137" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A137" s="27"/>
+      <c r="B137" s="86"/>
+      <c r="C137" s="23"/>
+      <c r="D137" s="23"/>
+      <c r="E137" s="24"/>
+      <c r="F137" s="13"/>
+      <c r="G137" s="13"/>
+      <c r="H137" s="13"/>
+      <c r="I137" s="13"/>
+      <c r="J137" s="13"/>
+      <c r="K137" s="13"/>
+      <c r="L137" s="13"/>
+      <c r="M137" s="13"/>
+      <c r="N137" s="13"/>
+      <c r="O137" s="13"/>
+      <c r="P137" s="13"/>
+      <c r="Q137" s="13"/>
+      <c r="R137" s="35" t="str">
+        <f ca="1">VLOOKUP(Q138,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S137" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T126" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T137" s="25"/>
+      <c r="U137" s="57"/>
+      <c r="V137" s="15" t="str">
+        <f ca="1">VLOOKUP(Q138,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W137" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X137" s="67"/>
+      <c r="Y137" s="68"/>
+      <c r="Z137" s="28"/>
+    </row>
+    <row r="138" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A138" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B138" s="86"/>
+      <c r="C138" s="23"/>
+      <c r="D138" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E138" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F138" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G138" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H138" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I138" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J138" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K138" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L138" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M138" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N138" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O138" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P138" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T127" s="36">
-[...175 lines deleted...]
-      <c r="R132" s="19" t="str">
+      <c r="Q138" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R138" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S132" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S138" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T132" s="36">
-        <f>SUM(T128:T131)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T138" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T134:T137)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U138" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V138" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W138" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X138" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X134:X137)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y138" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z138" s="85" t="str" cm="1">
+        <f t="array" ref="Z138">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="139" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A139" s="70"/>
+      <c r="B139" s="86"/>
+      <c r="C139" s="23"/>
+      <c r="D139" s="23"/>
+      <c r="E139" s="24"/>
+      <c r="F139" s="13"/>
+      <c r="G139" s="13"/>
+      <c r="H139" s="13"/>
+      <c r="I139" s="13"/>
+      <c r="J139" s="13"/>
+      <c r="K139" s="13"/>
+      <c r="L139" s="13"/>
+      <c r="M139" s="13"/>
+      <c r="N139" s="13"/>
+      <c r="O139" s="13"/>
+      <c r="P139" s="13"/>
+      <c r="Q139" s="13"/>
+      <c r="R139" s="35" t="e">
+        <f ca="1">VLOOKUP(Q143,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S139" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T139" s="25"/>
+      <c r="U139" s="57"/>
+      <c r="V139" s="15" t="str">
+        <f ca="1">VLOOKUP(Q143,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W139" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X139" s="67"/>
+      <c r="Y139" s="68"/>
+      <c r="Z139" s="28"/>
+    </row>
+    <row r="140" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A140" s="70"/>
+      <c r="B140" s="86"/>
+      <c r="C140" s="23"/>
+      <c r="D140" s="23"/>
+      <c r="E140" s="24"/>
+      <c r="F140" s="13"/>
+      <c r="G140" s="13"/>
+      <c r="H140" s="13"/>
+      <c r="I140" s="13"/>
+      <c r="J140" s="13"/>
+      <c r="K140" s="13"/>
+      <c r="L140" s="13"/>
+      <c r="M140" s="13"/>
+      <c r="N140" s="13"/>
+      <c r="O140" s="13"/>
+      <c r="P140" s="13"/>
+      <c r="Q140" s="13"/>
+      <c r="R140" s="35">
+        <f>VLOOKUP(Q143,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S140" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T140" s="25"/>
+      <c r="U140" s="57"/>
+      <c r="V140" s="15">
+        <f>VLOOKUP(Q143,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W140" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X140" s="67"/>
+      <c r="Y140" s="68"/>
+      <c r="Z140" s="28"/>
+    </row>
+    <row r="141" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A141" s="70"/>
+      <c r="B141" s="86"/>
+      <c r="C141" s="23"/>
+      <c r="D141" s="23"/>
+      <c r="E141" s="24"/>
+      <c r="F141" s="13"/>
+      <c r="G141" s="13"/>
+      <c r="H141" s="13"/>
+      <c r="I141" s="13"/>
+      <c r="J141" s="13"/>
+      <c r="K141" s="13"/>
+      <c r="L141" s="13"/>
+      <c r="M141" s="13"/>
+      <c r="N141" s="13"/>
+      <c r="O141" s="13"/>
+      <c r="P141" s="13"/>
+      <c r="Q141" s="13"/>
+      <c r="R141" s="35">
+        <f>VLOOKUP(Q143,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S141" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T141" s="25"/>
+      <c r="U141" s="57"/>
+      <c r="V141" s="15">
+        <f>VLOOKUP(Q143,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W141" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X141" s="67"/>
+      <c r="Y141" s="68"/>
+      <c r="Z141" s="28"/>
+    </row>
+    <row r="142" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A142" s="70"/>
+      <c r="B142" s="86"/>
+      <c r="C142" s="23"/>
+      <c r="D142" s="23"/>
+      <c r="E142" s="24"/>
+      <c r="F142" s="13"/>
+      <c r="G142" s="13"/>
+      <c r="H142" s="13"/>
+      <c r="I142" s="13"/>
+      <c r="J142" s="13"/>
+      <c r="K142" s="13"/>
+      <c r="L142" s="13"/>
+      <c r="M142" s="13"/>
+      <c r="N142" s="13"/>
+      <c r="O142" s="13"/>
+      <c r="P142" s="13"/>
+      <c r="Q142" s="13"/>
+      <c r="R142" s="35">
+        <f>VLOOKUP(Q143,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S142" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T142" s="25"/>
+      <c r="U142" s="57"/>
+      <c r="V142" s="15">
+        <f>VLOOKUP(Q143,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W142" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X142" s="67"/>
+      <c r="Y142" s="68"/>
+      <c r="Z142" s="28"/>
+    </row>
+    <row r="143" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A143" s="70" t="s">
+        <v>185</v>
+      </c>
+      <c r="B143" s="86"/>
+      <c r="C143" s="23"/>
+      <c r="D143" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E143" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F143" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G143" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H143" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I143" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J143" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K143" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L143" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M143" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N143" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O143" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P143" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q143" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="R143" s="35" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S143" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T143" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T139:T142)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U143" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V143" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W143" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X143" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X139:X142)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y143" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z143" s="85" t="str" cm="1">
+        <f t="array" ref="Z143">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="144" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A144" s="27"/>
+      <c r="B144" s="86"/>
+      <c r="C144" s="23"/>
+      <c r="D144" s="23"/>
+      <c r="E144" s="24"/>
+      <c r="F144" s="13"/>
+      <c r="G144" s="13"/>
+      <c r="H144" s="13"/>
+      <c r="I144" s="13"/>
+      <c r="J144" s="13"/>
+      <c r="K144" s="13"/>
+      <c r="L144" s="13"/>
+      <c r="M144" s="13"/>
+      <c r="N144" s="13"/>
+      <c r="O144" s="13"/>
+      <c r="P144" s="13"/>
+      <c r="Q144" s="13"/>
+      <c r="R144" s="35" t="str">
+        <f ca="1">VLOOKUP(Q148,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S144" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T144" s="25"/>
+      <c r="U144" s="57"/>
+      <c r="V144" s="15" t="str">
+        <f ca="1">VLOOKUP(Q148,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W144" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X144" s="67"/>
+      <c r="Y144" s="68"/>
+      <c r="Z144" s="28"/>
+    </row>
+    <row r="145" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A145" s="27"/>
+      <c r="B145" s="86"/>
+      <c r="C145" s="23"/>
+      <c r="D145" s="23"/>
+      <c r="E145" s="24"/>
+      <c r="F145" s="13"/>
+      <c r="G145" s="13"/>
+      <c r="H145" s="13"/>
+      <c r="I145" s="13"/>
+      <c r="J145" s="13"/>
+      <c r="K145" s="13"/>
+      <c r="L145" s="13"/>
+      <c r="M145" s="13"/>
+      <c r="N145" s="13"/>
+      <c r="O145" s="13"/>
+      <c r="P145" s="13"/>
+      <c r="Q145" s="13"/>
+      <c r="R145" s="35" t="str">
+        <f ca="1">VLOOKUP(Q148,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S145" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T133" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T145" s="25"/>
+      <c r="U145" s="57"/>
+      <c r="V145" s="15" t="str">
+        <f ca="1">VLOOKUP(Q148,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W145" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X145" s="67"/>
+      <c r="Y145" s="68"/>
+      <c r="Z145" s="28"/>
+    </row>
+    <row r="146" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A146" s="27"/>
+      <c r="B146" s="86"/>
+      <c r="C146" s="23"/>
+      <c r="D146" s="23"/>
+      <c r="E146" s="24"/>
+      <c r="F146" s="13"/>
+      <c r="G146" s="13"/>
+      <c r="H146" s="13"/>
+      <c r="I146" s="13"/>
+      <c r="J146" s="13"/>
+      <c r="K146" s="13"/>
+      <c r="L146" s="13"/>
+      <c r="M146" s="13"/>
+      <c r="N146" s="13"/>
+      <c r="O146" s="13"/>
+      <c r="P146" s="13"/>
+      <c r="Q146" s="13"/>
+      <c r="R146" s="35" t="str">
+        <f ca="1">VLOOKUP(Q148,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S135" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S146" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T135" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T146" s="25"/>
+      <c r="U146" s="57"/>
+      <c r="V146" s="15" t="str">
+        <f ca="1">VLOOKUP(Q148,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W146" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X146" s="67"/>
+      <c r="Y146" s="68"/>
+      <c r="Z146" s="28"/>
+    </row>
+    <row r="147" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A147" s="27"/>
+      <c r="B147" s="86"/>
+      <c r="C147" s="23"/>
+      <c r="D147" s="23"/>
+      <c r="E147" s="24"/>
+      <c r="F147" s="13"/>
+      <c r="G147" s="13"/>
+      <c r="H147" s="13"/>
+      <c r="I147" s="13"/>
+      <c r="J147" s="13"/>
+      <c r="K147" s="13"/>
+      <c r="L147" s="13"/>
+      <c r="M147" s="13"/>
+      <c r="N147" s="13"/>
+      <c r="O147" s="13"/>
+      <c r="P147" s="13"/>
+      <c r="Q147" s="13"/>
+      <c r="R147" s="35" t="str">
+        <f ca="1">VLOOKUP(Q148,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S147" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T136" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T147" s="25"/>
+      <c r="U147" s="57"/>
+      <c r="V147" s="15" t="str">
+        <f ca="1">VLOOKUP(Q148,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W147" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X147" s="67"/>
+      <c r="Y147" s="68"/>
+      <c r="Z147" s="28"/>
+    </row>
+    <row r="148" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A148" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B148" s="86"/>
+      <c r="C148" s="23"/>
+      <c r="D148" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E148" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F148" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G148" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H148" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I148" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J148" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K148" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L148" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M148" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N148" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O148" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P148" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T137" s="36">
-[...175 lines deleted...]
-      <c r="R142" s="19" t="str">
+      <c r="Q148" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R148" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S142" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S148" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T142" s="36">
-        <f>SUM(T138:T141)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T148" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T144:T147)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...23 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="U148" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V148" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W148" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X148" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X144:X147)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y148" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z148" s="85" t="str" cm="1">
+        <f t="array" ref="Z148">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="149" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A149" s="70"/>
+      <c r="B149" s="86"/>
+      <c r="C149" s="23"/>
+      <c r="D149" s="23"/>
+      <c r="E149" s="24"/>
+      <c r="F149" s="13"/>
+      <c r="G149" s="13"/>
+      <c r="H149" s="13"/>
+      <c r="I149" s="13"/>
+      <c r="J149" s="13"/>
+      <c r="K149" s="13"/>
+      <c r="L149" s="13"/>
+      <c r="M149" s="13"/>
+      <c r="N149" s="13"/>
+      <c r="O149" s="13"/>
+      <c r="P149" s="13"/>
+      <c r="Q149" s="13"/>
+      <c r="R149" s="35" t="e">
+        <f ca="1">VLOOKUP(Q153,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S149" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T149" s="25"/>
+      <c r="U149" s="57"/>
+      <c r="V149" s="15" t="str">
+        <f ca="1">VLOOKUP(Q153,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W149" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
+</v>
+      </c>
+      <c r="X149" s="67"/>
+      <c r="Y149" s="68"/>
+      <c r="Z149" s="28"/>
+    </row>
+    <row r="150" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A150" s="70"/>
+      <c r="B150" s="86"/>
+      <c r="C150" s="23"/>
+      <c r="D150" s="23"/>
+      <c r="E150" s="24"/>
+      <c r="F150" s="13"/>
+      <c r="G150" s="13"/>
+      <c r="H150" s="13"/>
+      <c r="I150" s="13"/>
+      <c r="J150" s="13"/>
+      <c r="K150" s="13"/>
+      <c r="L150" s="13"/>
+      <c r="M150" s="13"/>
+      <c r="N150" s="13"/>
+      <c r="O150" s="13"/>
+      <c r="P150" s="13"/>
+      <c r="Q150" s="13"/>
+      <c r="R150" s="35">
+        <f>VLOOKUP(Q153,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S150" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T150" s="25"/>
+      <c r="U150" s="57"/>
+      <c r="V150" s="15">
+        <f>VLOOKUP(Q153,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W150" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X150" s="67"/>
+      <c r="Y150" s="68"/>
+      <c r="Z150" s="28"/>
+    </row>
+    <row r="151" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A151" s="70"/>
+      <c r="B151" s="86"/>
+      <c r="C151" s="23"/>
+      <c r="D151" s="23"/>
+      <c r="E151" s="24"/>
+      <c r="F151" s="13"/>
+      <c r="G151" s="13"/>
+      <c r="H151" s="13"/>
+      <c r="I151" s="13"/>
+      <c r="J151" s="13"/>
+      <c r="K151" s="13"/>
+      <c r="L151" s="13"/>
+      <c r="M151" s="13"/>
+      <c r="N151" s="13"/>
+      <c r="O151" s="13"/>
+      <c r="P151" s="13"/>
+      <c r="Q151" s="13"/>
+      <c r="R151" s="35">
+        <f>VLOOKUP(Q153,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S151" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T151" s="25"/>
+      <c r="U151" s="57"/>
+      <c r="V151" s="15">
+        <f>VLOOKUP(Q153,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W151" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X151" s="67"/>
+      <c r="Y151" s="68"/>
+      <c r="Z151" s="28"/>
+    </row>
+    <row r="152" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A152" s="70"/>
+      <c r="B152" s="86"/>
+      <c r="C152" s="23"/>
+      <c r="D152" s="23"/>
+      <c r="E152" s="24"/>
+      <c r="F152" s="13"/>
+      <c r="G152" s="13"/>
+      <c r="H152" s="13"/>
+      <c r="I152" s="13"/>
+      <c r="J152" s="13"/>
+      <c r="K152" s="13"/>
+      <c r="L152" s="13"/>
+      <c r="M152" s="13"/>
+      <c r="N152" s="13"/>
+      <c r="O152" s="13"/>
+      <c r="P152" s="13"/>
+      <c r="Q152" s="13"/>
+      <c r="R152" s="35">
+        <f>VLOOKUP(Q153,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S152" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T152" s="25"/>
+      <c r="U152" s="57"/>
+      <c r="V152" s="15">
+        <f>VLOOKUP(Q153,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W152" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X152" s="67"/>
+      <c r="Y152" s="68"/>
+      <c r="Z152" s="28"/>
+    </row>
+    <row r="153" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A153" s="70" t="s">
+        <v>185</v>
+      </c>
+      <c r="B153" s="86"/>
+      <c r="C153" s="23"/>
+      <c r="D153" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E153" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F153" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G153" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H153" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I153" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J153" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K153" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L153" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M153" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N153" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O153" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P153" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q153" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="R153" s="35" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S153" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T153" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T149:T152)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U153" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V153" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W153" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X153" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X149:X152)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y153" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z153" s="85" t="str" cm="1">
+        <f t="array" ref="Z153">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
+      </c>
+    </row>
+    <row r="154" spans="1:26" ht="71.25" hidden="1" outlineLevel="1">
+      <c r="A154" s="27"/>
+      <c r="B154" s="86"/>
+      <c r="C154" s="23"/>
+      <c r="D154" s="23"/>
+      <c r="E154" s="24"/>
+      <c r="F154" s="13"/>
+      <c r="G154" s="13"/>
+      <c r="H154" s="13"/>
+      <c r="I154" s="13"/>
+      <c r="J154" s="13"/>
+      <c r="K154" s="13"/>
+      <c r="L154" s="13"/>
+      <c r="M154" s="13"/>
+      <c r="N154" s="13"/>
+      <c r="O154" s="13"/>
+      <c r="P154" s="13"/>
+      <c r="Q154" s="13"/>
+      <c r="R154" s="35" t="str">
+        <f ca="1">VLOOKUP(Q158,data!Q:V,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="S154" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+1 : artificialisation nette mais part de végétalisation
+0 : artificialisation des sols</v>
+      </c>
+      <c r="T154" s="25"/>
+      <c r="U154" s="57"/>
+      <c r="V154" s="15" t="str">
+        <f ca="1">VLOOKUP(Q158,data!Y:AD,3,FALSE)</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="W154" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : renaturation/ diminution de la surface artificialisée
+2 : aucune artificialisation nette
+-2: artificialisation des sols</v>
+      </c>
+      <c r="X154" s="67"/>
+      <c r="Y154" s="68"/>
+      <c r="Z154" s="28"/>
+    </row>
+    <row r="155" spans="1:26" ht="114" hidden="1" outlineLevel="1">
+      <c r="A155" s="27"/>
+      <c r="B155" s="86"/>
+      <c r="C155" s="23"/>
+      <c r="D155" s="23"/>
+      <c r="E155" s="24"/>
+      <c r="F155" s="13"/>
+      <c r="G155" s="13"/>
+      <c r="H155" s="13"/>
+      <c r="I155" s="13"/>
+      <c r="J155" s="13"/>
+      <c r="K155" s="13"/>
+      <c r="L155" s="13"/>
+      <c r="M155" s="13"/>
+      <c r="N155" s="13"/>
+      <c r="O155" s="13"/>
+      <c r="P155" s="13"/>
+      <c r="Q155" s="13"/>
+      <c r="R155" s="35" t="str">
+        <f ca="1">VLOOKUP(Q158,data!Q:V,4,FALSE)</f>
+        <v xml:space="preserve">Performance énergétique_CONST
+</v>
+      </c>
+      <c r="S155" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>3 : meilleur résultat en l'état des possibilités techniques
 2 : mieux que RE 2020
 1 : RE 2020</v>
       </c>
-      <c r="T143" s="36"/>
-[...51 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="T155" s="25"/>
+      <c r="U155" s="57"/>
+      <c r="V155" s="15" t="str">
+        <f ca="1">VLOOKUP(Q158,data!Y:AD,4,FALSE)</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="W155" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>3 : Intégration des enjeux biodiversité dans le
+cahier des charges pour la réalisation du projet
+2 : Réalisation d'un diagnostic de biodiversité du site
+1 : Absence de dérogation espèces protégées</v>
+      </c>
+      <c r="X155" s="67"/>
+      <c r="Y155" s="68"/>
+      <c r="Z155" s="28"/>
+    </row>
+    <row r="156" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A156" s="27"/>
+      <c r="B156" s="86"/>
+      <c r="C156" s="23"/>
+      <c r="D156" s="23"/>
+      <c r="E156" s="24"/>
+      <c r="F156" s="13"/>
+      <c r="G156" s="13"/>
+      <c r="H156" s="13"/>
+      <c r="I156" s="13"/>
+      <c r="J156" s="13"/>
+      <c r="K156" s="13"/>
+      <c r="L156" s="13"/>
+      <c r="M156" s="13"/>
+      <c r="N156" s="13"/>
+      <c r="O156" s="13"/>
+      <c r="P156" s="13"/>
+      <c r="Q156" s="13"/>
+      <c r="R156" s="35" t="str">
+        <f ca="1">VLOOKUP(Q158,data!Q:V,5,FALSE)</f>
+        <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="S145" s="20" t="str">
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S156" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>4 : Meilleur résultat en l'état des possibilités techniques
 3 : Matériaux bio-sourcés issus du territoire CCLG 
 2 : Matériaux bio-sourcés
 1 : Matériaux bas carbone</v>
       </c>
-      <c r="T145" s="36"/>
-[...24 lines deleted...]
-        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T156" s="25"/>
+      <c r="U156" s="57"/>
+      <c r="V156" s="15" t="str">
+        <f ca="1">VLOOKUP(Q158,data!Y:AD,5,FALSE)</f>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="W156" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>2 : Préservation des éléments naturels existants (pas de destruction d'habitats, adaptation du planning aux périodes de reproduction)
+2 : Amélioration des conditions de biodiversité (solution de prise en compte des espèces du bâti (nichoirs), rétablissement des continuités écologiques</v>
+      </c>
+      <c r="X156" s="67"/>
+      <c r="Y156" s="68"/>
+      <c r="Z156" s="28"/>
+    </row>
+    <row r="157" spans="1:26" ht="42.75" hidden="1" outlineLevel="1">
+      <c r="A157" s="27"/>
+      <c r="B157" s="86"/>
+      <c r="C157" s="23"/>
+      <c r="D157" s="23"/>
+      <c r="E157" s="24"/>
+      <c r="F157" s="13"/>
+      <c r="G157" s="13"/>
+      <c r="H157" s="13"/>
+      <c r="I157" s="13"/>
+      <c r="J157" s="13"/>
+      <c r="K157" s="13"/>
+      <c r="L157" s="13"/>
+      <c r="M157" s="13"/>
+      <c r="N157" s="13"/>
+      <c r="O157" s="13"/>
+      <c r="P157" s="13"/>
+      <c r="Q157" s="13"/>
+      <c r="R157" s="35" t="str">
+        <f ca="1">VLOOKUP(Q158,data!Q:V,6,FALSE)</f>
+        <v>Sobriété du projet (bonus)_CONST</v>
+      </c>
+      <c r="S157" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>1 : Répond à un besoin défini (périmètre, emplacement, ampleur, cible) 
 1 : La réponse au besoin est celle ayant le moins de conséquences sur l'environnement</v>
       </c>
-      <c r="T146" s="36"/>
-[...57 lines deleted...]
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="T157" s="25"/>
+      <c r="U157" s="57"/>
+      <c r="V157" s="15" t="str">
+        <f ca="1">VLOOKUP(Q158,data!Y:AD,6,FALSE)</f>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="W157" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve"> 1 : Labellisation  Biodivercity</v>
+      </c>
+      <c r="X157" s="67"/>
+      <c r="Y157" s="68"/>
+      <c r="Z157" s="28"/>
+    </row>
+    <row r="158" spans="1:26" ht="85.5" collapsed="1">
+      <c r="A158" s="27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B158" s="86"/>
+      <c r="C158" s="23"/>
+      <c r="D158" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E158" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F158" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="G158" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H158" s="13">
+        <v>50000</v>
+      </c>
+      <c r="I158" s="13">
+        <v>50000</v>
+      </c>
+      <c r="J158" s="13">
+        <v>50000</v>
+      </c>
+      <c r="K158" s="13">
+        <v>50000</v>
+      </c>
+      <c r="L158" s="13">
+        <v>50000</v>
+      </c>
+      <c r="M158" s="13">
+        <v>50000</v>
+      </c>
+      <c r="N158" s="13">
+        <v>50000</v>
+      </c>
+      <c r="O158" s="13">
+        <v>50000</v>
+      </c>
+      <c r="P158" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="T147" s="36">
-[...175 lines deleted...]
-      <c r="R152" s="19" t="str">
+      <c r="Q158" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="R158" s="35" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
         <v>- artificialisation des sols
 - performance énergétique
 - matériaux utilisés
 - sobriété du projet (bonus)</v>
       </c>
-      <c r="S152" s="20">
-        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation]],Grille!C:D,2,FALSE)</f>
+      <c r="S158" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
         <v>10</v>
       </c>
-      <c r="T152" s="36">
-        <f>SUM(T148:T151)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+      <c r="T158" s="25">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T154:T157)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...80 lines deleted...]
-        <v xml:space="preserve">Matériaux utilisés_REHECO
+      <c r="U158" s="57" t="s">
+        <v>213</v>
+      </c>
+      <c r="V158" s="15" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- artificialisation des sols
+- prise en compte de la biodiversité dans la construction du projet
+- intégration de solutions de préservation de la biodiversité
+- labellisation du projet</v>
+      </c>
+      <c r="W158" s="15">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>11</v>
+      </c>
+      <c r="X158" s="67">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X154:X157)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
+        <v>0</v>
+      </c>
+      <c r="Y158" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z158" s="85" t="str" cm="1">
+        <f t="array" ref="Z158">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Défavorable</v>
+      </c>
+    </row>
+    <row r="159" spans="1:26" ht="156.75" hidden="1" outlineLevel="1">
+      <c r="A159" s="70"/>
+      <c r="B159" s="86"/>
+      <c r="C159" s="23"/>
+      <c r="D159" s="23"/>
+      <c r="E159" s="24"/>
+      <c r="F159" s="13"/>
+      <c r="G159" s="13"/>
+      <c r="H159" s="13"/>
+      <c r="I159" s="13"/>
+      <c r="J159" s="13"/>
+      <c r="K159" s="13"/>
+      <c r="L159" s="13"/>
+      <c r="M159" s="13"/>
+      <c r="N159" s="13"/>
+      <c r="O159" s="13"/>
+      <c r="P159" s="13"/>
+      <c r="Q159" s="13"/>
+      <c r="R159" s="35" t="e">
+        <f ca="1">VLOOKUP(Q163,data!Q:V,3,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="S159" s="15" t="e">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="T159" s="25"/>
+      <c r="U159" s="57"/>
+      <c r="V159" s="15" t="str">
+        <f ca="1">VLOOKUP(Q163,data!Y:AD,3,FALSE)</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+      <c r="W159" s="15" t="str">
+        <f ca="1">VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v xml:space="preserve">2 : le terrain fait l'objet d'un arrêté de protection biotope, d'un classement espèces protégées, d'une zone de restauration ou de renaturation, zone de protection forte, fait l'objet d'une convention de garantie de gestion durable
+1 : absence
 </v>
       </c>
-      <c r="S155" s="20" t="str">
-[...85 lines deleted...]
-      <c r="R157" s="19" t="str">
+      <c r="X159" s="67"/>
+      <c r="Y159" s="68"/>
+      <c r="Z159" s="28"/>
+    </row>
+    <row r="160" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A160" s="70"/>
+      <c r="B160" s="86"/>
+      <c r="C160" s="23"/>
+      <c r="D160" s="23"/>
+      <c r="E160" s="24"/>
+      <c r="F160" s="13"/>
+      <c r="G160" s="13"/>
+      <c r="H160" s="13"/>
+      <c r="I160" s="13"/>
+      <c r="J160" s="13"/>
+      <c r="K160" s="13"/>
+      <c r="L160" s="13"/>
+      <c r="M160" s="13"/>
+      <c r="N160" s="13"/>
+      <c r="O160" s="13"/>
+      <c r="P160" s="13"/>
+      <c r="Q160" s="13"/>
+      <c r="R160" s="35">
+        <f>VLOOKUP(Q163,data!Q:V,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S160" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T160" s="25"/>
+      <c r="U160" s="57"/>
+      <c r="V160" s="15">
+        <f>VLOOKUP(Q163,data!Y:AD,4,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W160" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X160" s="67"/>
+      <c r="Y160" s="68"/>
+      <c r="Z160" s="28"/>
+    </row>
+    <row r="161" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A161" s="70"/>
+      <c r="B161" s="86"/>
+      <c r="C161" s="23"/>
+      <c r="D161" s="23"/>
+      <c r="E161" s="24"/>
+      <c r="F161" s="13"/>
+      <c r="G161" s="13"/>
+      <c r="H161" s="13"/>
+      <c r="I161" s="13"/>
+      <c r="J161" s="13"/>
+      <c r="K161" s="13"/>
+      <c r="L161" s="13"/>
+      <c r="M161" s="13"/>
+      <c r="N161" s="13"/>
+      <c r="O161" s="13"/>
+      <c r="P161" s="13"/>
+      <c r="Q161" s="13"/>
+      <c r="R161" s="35">
+        <f>VLOOKUP(Q163,data!Q:V,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S161" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T161" s="25"/>
+      <c r="U161" s="57"/>
+      <c r="V161" s="15">
+        <f>VLOOKUP(Q163,data!Y:AD,5,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W161" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X161" s="67"/>
+      <c r="Y161" s="68"/>
+      <c r="Z161" s="28"/>
+    </row>
+    <row r="162" spans="1:26" ht="15.75" hidden="1" outlineLevel="1">
+      <c r="A162" s="70"/>
+      <c r="B162" s="86"/>
+      <c r="C162" s="23"/>
+      <c r="D162" s="23"/>
+      <c r="E162" s="24"/>
+      <c r="F162" s="13"/>
+      <c r="G162" s="13"/>
+      <c r="H162" s="13"/>
+      <c r="I162" s="13"/>
+      <c r="J162" s="13"/>
+      <c r="K162" s="13"/>
+      <c r="L162" s="13"/>
+      <c r="M162" s="13"/>
+      <c r="N162" s="13"/>
+      <c r="O162" s="13"/>
+      <c r="P162" s="13"/>
+      <c r="Q162" s="13"/>
+      <c r="R162" s="35">
+        <f>VLOOKUP(Q163,data!Q:V,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="S162" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="T162" s="25"/>
+      <c r="U162" s="57"/>
+      <c r="V162" s="15">
+        <f>VLOOKUP(Q163,data!Y:AD,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="W162" s="15" t="e">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation biodiversité_6]],Grille!E:F,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X162" s="67"/>
+      <c r="Y162" s="68"/>
+      <c r="Z162" s="28"/>
+    </row>
+    <row r="163" spans="1:26" ht="15.75" collapsed="1">
+      <c r="A163" s="78" t="s">
+        <v>185</v>
+      </c>
+      <c r="B163" s="87"/>
+      <c r="C163" s="71"/>
+      <c r="D163" s="71" t="s">
+        <v>86</v>
+      </c>
+      <c r="E163" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="F163" s="72" t="s">
+        <v>88</v>
+      </c>
+      <c r="G163" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="H163" s="72">
+        <v>50000</v>
+      </c>
+      <c r="I163" s="72">
+        <v>50000</v>
+      </c>
+      <c r="J163" s="72">
+        <v>50000</v>
+      </c>
+      <c r="K163" s="72">
+        <v>50000</v>
+      </c>
+      <c r="L163" s="72">
+        <v>50000</v>
+      </c>
+      <c r="M163" s="72">
+        <v>50000</v>
+      </c>
+      <c r="N163" s="72">
+        <v>50000</v>
+      </c>
+      <c r="O163" s="72">
+        <v>50000</v>
+      </c>
+      <c r="P163" s="72" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q163" s="72" t="s">
+        <v>67</v>
+      </c>
+      <c r="R163" s="47" t="str">
         <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:C,2,FALSE)</f>
-        <v>- performance énergétique
-[...9 lines deleted...]
-        <f>SUM(T153:T156)/Tableau1[[#This Row],[Critères d''évaluation ]]</f>
+        <v>Neutre</v>
+      </c>
+      <c r="S163" s="73" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Axes d''évaluation_1]],Grille!C:D,2,FALSE)</f>
+        <v>Neutre</v>
+      </c>
+      <c r="T163" s="74">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_1]]="OUI","Non côté",SUM(T159:T162)/Tableau1[[#This Row],[Critères d''évaluation_1]]),0.4)</f>
+        <v>0.4</v>
+      </c>
+      <c r="U163" s="75" t="s">
+        <v>213</v>
+      </c>
+      <c r="V163" s="73" t="str">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:F,4,FALSE)</f>
+        <v>- Obligation biodiversités liées au terrain</v>
+      </c>
+      <c r="W163" s="73">
+        <f>VLOOKUP(Tableau1[[#This Row],[Sous-catégorie]],Grille!B:G,5,FALSE)</f>
+        <v>2</v>
+      </c>
+      <c r="X163" s="76">
+        <f>IFERROR(IF(Tableau1[[#This Row],[Non Coté_6]]="OUI","Non côté",SUM(X159:X162)/Tableau1[[#This Row],[Critères d''évaluation_6]]),0.4)</f>
         <v>0</v>
       </c>
-    </row>
-[...5200 lines deleted...]
-        <v>0</v>
+      <c r="Y163" s="77" t="s">
+        <v>213</v>
+      </c>
+      <c r="Z163" s="85" t="str" cm="1">
+        <f t="array" ref="Z163">_xlfn.IFS(AND(Tableau1[[#This Row],[Evaluation_1]]="Non côté",Tableau1[[#This Row],[Evaluation_6]]="Non côté"),"Non côté",AND(OR(Tableau1[[#This Row],[Evaluation_1]]&gt;0.5,Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(Tableau1[[#This Row],[Evaluation_6]]&gt;0.5,Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Favorable",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_1]]&gt;0.25),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;=0.5,Tableau1[[#This Row],[Evaluation_6]]&gt;0.25),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Neutre",AND(OR(AND(Tableau1[[#This Row],[Evaluation_1]]&lt;0.25,Tableau1[[#This Row],[Evaluation_1]]=0),Tableau1[[#This Row],[Evaluation_1]]="Non côté"),OR(AND(Tableau1[[#This Row],[Evaluation_6]]&lt;0.25,Tableau1[[#This Row],[Evaluation_6]]=0),Tableau1[[#This Row],[Evaluation_6]]="Non côté")),"Défavorable",Tableau1[[#This Row],[Evaluation_1]]&lt;&gt;Tableau1[[#This Row],[Evaluation_6]],"Mixte")</f>
+        <v>Mixte</v>
       </c>
     </row>
   </sheetData>
-  <phoneticPr fontId="6" type="noConversion"/>
-[...1 lines deleted...]
-    <cfRule type="iconSet" priority="230">
+  <mergeCells count="7">
+    <mergeCell ref="Z1:Z2"/>
+    <mergeCell ref="A1:G2"/>
+    <mergeCell ref="H1:O2"/>
+    <mergeCell ref="P2:Q2"/>
+    <mergeCell ref="R2:U2"/>
+    <mergeCell ref="V2:Y2"/>
+    <mergeCell ref="P1:Y1"/>
+  </mergeCells>
+  <phoneticPr fontId="5" type="noConversion"/>
+  <conditionalFormatting sqref="T8 T13 T18 T23 T28 T33 T38 T43 T48 T53 T58 T63 T68 T73 T78 T83 T88 T93 T98 T103 T108 T113 T118 T123 T128 T133 T138 T143 T148 T153 T158 T163 X163 X158 X153 X148 X143 X138 X133 X128 X123 X118 X113 X108 X103 X98 X93 X88 X83 X78 X73 X68 X63 X58 X53 X48 X43 X38 X33 X28 X23 X18 X13 X8">
+    <cfRule type="iconSet" priority="294">
       <iconSet>
         <cfvo type="percent" val="0"/>
-        <cfvo type="num" val="0.25"/>
-        <cfvo type="num" val="0.5"/>
+        <cfvo type="num" val="0.25" gte="0"/>
+        <cfvo type="num" val="0.5" gte="0"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="3">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Q7 Q12 Q17 Q27 Q37 Q47 Q57 Q67 Q77 Q87 Q97 Q107 Q117 Q127 Q137 Q147 Q157 Q167 Q177 Q187 Q197 Q207 Q217 Q227 Q237 Q247 Q257 Q267 Q277 Q287 Q297 Q22 Q32 Q42 Q52 Q62 Q72 Q82 Q92 Q102 Q112 Q122 Q132 Q142 Q152 Q162 Q172 Q182 Q192 Q202 Q212 Q222 Q232 Q242 Q252 Q262 Q272 Q282 Q292" xr:uid="{6C7EE9EE-CC56-4B87-8397-8B15F7DC1559}">
-      <formula1>INDIRECT($P7)</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Q8 Q13 Q18 Q23 Q28 Q33 Q38 Q43 Q48 Q53 Q58 Q63 Q68 Q73 Q78 Q83 Q88 Q93 Q98 Q103 Q108 Q113 Q118 Q123 Q128 Q133 Q138 Q143 Q148 Q153 Q158 Q163" xr:uid="{6C7EE9EE-CC56-4B87-8397-8B15F7DC1559}">
+      <formula1>INDIRECT($P8)</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Q1 Q3:Q6 Q8:Q11 Q13:Q16 Q23:Q26 Q33:Q36 Q43:Q46 Q53:Q56 Q63:Q66 Q73:Q76 Q83:Q86 Q93:Q96 Q103:Q106 Q113:Q116 Q123:Q126 Q133:Q136 Q143:Q146 Q153:Q156 Q163:Q166 Q173:Q176 Q183:Q186 Q193:Q196 Q203:Q206 Q213:Q216 Q223:Q226 Q233:Q236 Q243:Q246 Q253:Q256 Q263:Q266 Q273:Q276 Q283:Q286 Q293:Q296 Q18:Q21 Q28:Q31 Q38:Q41 Q48:Q51 Q58:Q61 Q68:Q71 Q78:Q81 Q88:Q91 Q98:Q101 Q108:Q111 Q118:Q121 Q128:Q131 Q138:Q141 Q148:Q151 Q158:Q161 Q168:Q171 Q178:Q181 Q188:Q191 Q198:Q201 Q208:Q211 Q218:Q221 Q228:Q231 Q238:Q241 Q248:Q251 Q258:Q261 Q268:Q271 Q278:Q281 Q288:Q291 Q298:Q1048576" xr:uid="{2851016D-99FC-4734-A2AC-04808EC8A64C}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Q9:Q12 Q19:Q22 Q14:Q17 Q34:Q37 Q24:Q27 Q29:Q32 Q39:Q42 Q79:Q82 Q44:Q47 Q49:Q52 Q59:Q62 Q54:Q57 Q74:Q77 Q64:Q67 Q69:Q72 Q164:Q1048576 Q84:Q87 Q89:Q92 Q99:Q102 Q94:Q97 Q114:Q117 Q104:Q107 Q109:Q112 Q119:Q122 Q159:Q162 Q124:Q127 Q129:Q132 Q139:Q142 Q134:Q137 Q154:Q157 Q144:Q147 Q149:Q152 Q4:Q7" xr:uid="{2851016D-99FC-4734-A2AC-04808EC8A64C}">
       <formula1>#REF!</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P3:P1048576" xr:uid="{11037DB8-AEF8-4429-8167-D80D82D9E7FB}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P164:P1048576 P4:P163" xr:uid="{11037DB8-AEF8-4429-8167-D80D82D9E7FB}">
       <formula1>Catégorie2</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{35E11C5B-FBFD-467D-9722-D94F7CA42931}">
+          <x14:formula1>
+            <xm:f>data!$AG$1:$AG$2</xm:f>
+          </x14:formula1>
+          <xm:sqref>Y4:Y163 U4:U163 U164:U1048576</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E708EDC2-3F62-4B46-B9B9-03E90674D36F}">
-  <dimension ref="A1:I104"/>
+  <dimension ref="A1:H128"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="C95" activePane="bottomRight" state="frozen"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <pane xSplit="2" ySplit="2" topLeftCell="C119" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="B103" sqref="B103"/>
+      <selection pane="bottomRight" activeCell="C125" sqref="C125:C126"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="16.5" outlineLevelRow="2"/>
   <cols>
     <col min="1" max="1" width="31.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="65.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="59.42578125" style="2" customWidth="1"/>
-    <col min="4" max="4" width="36.7109375" style="10" customWidth="1"/>
-    <col min="5" max="16384" width="11.42578125" style="1"/>
+    <col min="4" max="4" width="36.7109375" style="9" customWidth="1"/>
+    <col min="5" max="5" width="25.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="29.7109375" style="1" customWidth="1"/>
+    <col min="7" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="20.25">
-      <c r="A1" s="66" t="s">
+    <row r="1" spans="1:6" ht="20.25">
+      <c r="A1" s="51" t="s">
+        <v>103</v>
+      </c>
+      <c r="B1" s="51"/>
+      <c r="C1" s="51" t="s">
+        <v>104</v>
+      </c>
+      <c r="D1" s="50"/>
+      <c r="E1" s="51" t="s">
+        <v>221</v>
+      </c>
+      <c r="F1" s="50"/>
+    </row>
+    <row r="2" spans="1:6" collapsed="1">
+      <c r="A2" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="F2" s="8" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" s="4" customFormat="1" ht="85.5" hidden="1" outlineLevel="2">
+      <c r="A3" s="31"/>
+      <c r="B3" s="31"/>
+      <c r="C3" s="31" t="s">
+        <v>111</v>
+      </c>
+      <c r="D3" s="32" t="s">
+        <v>162</v>
+      </c>
+      <c r="E3" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="F3" s="33" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="114" hidden="1" outlineLevel="2">
+      <c r="A4" s="31"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="31" t="s">
+        <v>112</v>
+      </c>
+      <c r="D4" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" s="33" t="s">
+        <v>225</v>
+      </c>
+      <c r="F4" s="63" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A5" s="31"/>
+      <c r="B5" s="31"/>
+      <c r="C5" s="31" t="s">
+        <v>113</v>
+      </c>
+      <c r="D5" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="E5" s="33" t="s">
+        <v>227</v>
+      </c>
+      <c r="F5" s="63" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A6" s="34"/>
+      <c r="B6" s="35"/>
+      <c r="C6" s="36" t="s">
         <v>114</v>
       </c>
-      <c r="B1" s="66"/>
-      <c r="C1" s="66" t="s">
+      <c r="D6" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" s="33" t="s">
+        <v>229</v>
+      </c>
+      <c r="F6" s="63" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="114" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A7" s="31"/>
+      <c r="B7" s="31" t="s">
+        <v>105</v>
+      </c>
+      <c r="C7" s="31" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" s="52">
+        <v>10</v>
+      </c>
+      <c r="E7" s="33" t="s">
+        <v>231</v>
+      </c>
+      <c r="F7" s="63">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="57" hidden="1" outlineLevel="2">
+      <c r="A8" s="31"/>
+      <c r="B8" s="31"/>
+      <c r="C8" s="31" t="s">
         <v>115</v>
       </c>
-      <c r="D1" s="65"/>
-[...22 lines deleted...]
-      <c r="C3" s="44" t="s">
+      <c r="D8" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="33" t="s">
+        <v>232</v>
+      </c>
+      <c r="F8" s="33" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="114" hidden="1" outlineLevel="2">
+      <c r="A9" s="31"/>
+      <c r="B9" s="31"/>
+      <c r="C9" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="D9" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="E9" s="33" t="s">
+        <v>234</v>
+      </c>
+      <c r="F9" s="63" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A10" s="31"/>
+      <c r="B10" s="31"/>
+      <c r="C10" s="36" t="s">
+        <v>117</v>
+      </c>
+      <c r="D10" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" s="33" t="s">
+        <v>236</v>
+      </c>
+      <c r="F10" s="63" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" hidden="1" outlineLevel="2">
+      <c r="A11" s="34"/>
+      <c r="B11" s="35"/>
+      <c r="C11" s="36"/>
+      <c r="D11" s="37"/>
+      <c r="E11" s="33" t="s">
+        <v>237</v>
+      </c>
+      <c r="F11" s="63" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="114" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A12" s="31"/>
+      <c r="B12" s="31" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" s="31" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" s="38" t="s">
+        <v>77</v>
+      </c>
+      <c r="E12" s="33" t="s">
+        <v>238</v>
+      </c>
+      <c r="F12" s="63">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="57" hidden="1" outlineLevel="2">
+      <c r="A13" s="31"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="31" t="s">
+        <v>118</v>
+      </c>
+      <c r="D13" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="33" t="s">
+        <v>239</v>
+      </c>
+      <c r="F13" s="33" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="114" hidden="1" outlineLevel="2">
+      <c r="A14" s="31"/>
+      <c r="B14" s="31"/>
+      <c r="C14" s="31" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" s="33" t="s">
+        <v>240</v>
+      </c>
+      <c r="F14" s="63" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A15" s="31"/>
+      <c r="B15" s="31"/>
+      <c r="C15" s="31" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" s="38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="33" t="s">
+        <v>242</v>
+      </c>
+      <c r="F15" s="63" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A16" s="34"/>
+      <c r="B16" s="35"/>
+      <c r="C16" s="36" t="s">
+        <v>121</v>
+      </c>
+      <c r="D16" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" s="33" t="s">
+        <v>243</v>
+      </c>
+      <c r="F16" s="63" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="128.25" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A17" s="31"/>
+      <c r="B17" s="31" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" s="31" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" s="38" t="s">
+        <v>76</v>
+      </c>
+      <c r="E17" s="33" t="s">
+        <v>244</v>
+      </c>
+      <c r="F17" s="63">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="42.75" hidden="1" outlineLevel="2">
+      <c r="A18" s="55"/>
+      <c r="B18" s="31"/>
+      <c r="C18" s="54" t="s">
+        <v>197</v>
+      </c>
+      <c r="D18" s="32" t="s">
+        <v>187</v>
+      </c>
+      <c r="E18" s="33"/>
+      <c r="F18" s="63"/>
+    </row>
+    <row r="19" spans="1:6" ht="99.75" hidden="1" outlineLevel="2">
+      <c r="A19" s="55"/>
+      <c r="B19" s="31"/>
+      <c r="C19" s="54" t="s">
+        <v>198</v>
+      </c>
+      <c r="D19" s="32" t="s">
+        <v>188</v>
+      </c>
+      <c r="E19" s="33"/>
+      <c r="F19" s="63"/>
+    </row>
+    <row r="20" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A20" s="55"/>
+      <c r="B20" s="31"/>
+      <c r="C20" s="54" t="s">
+        <v>199</v>
+      </c>
+      <c r="D20" s="32" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" s="33"/>
+      <c r="F20" s="63"/>
+    </row>
+    <row r="21" spans="1:6" ht="42.75" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A21" s="55"/>
+      <c r="B21" s="31" t="s">
+        <v>189</v>
+      </c>
+      <c r="C21" s="31" t="s">
+        <v>190</v>
+      </c>
+      <c r="D21" s="32" t="s">
+        <v>75</v>
+      </c>
+      <c r="E21" s="33" t="s">
+        <v>245</v>
+      </c>
+      <c r="F21" s="63" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="57" hidden="1" outlineLevel="2">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="31" t="s">
+        <v>123</v>
+      </c>
+      <c r="D22" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="33" t="s">
+        <v>247</v>
+      </c>
+      <c r="F22" s="33" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="114" hidden="1" outlineLevel="2">
+      <c r="A23" s="34"/>
+      <c r="B23" s="35"/>
+      <c r="C23" s="53" t="s">
+        <v>124</v>
+      </c>
+      <c r="D23" s="38" t="s">
         <v>122</v>
       </c>
-      <c r="D3" s="45" t="s">
+      <c r="E23" s="33" t="s">
+        <v>248</v>
+      </c>
+      <c r="F23" s="63" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A24" s="34"/>
+      <c r="B24" s="35"/>
+      <c r="C24" s="31" t="s">
+        <v>125</v>
+      </c>
+      <c r="D24" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="E24" s="33" t="s">
+        <v>249</v>
+      </c>
+      <c r="F24" s="63" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A25" s="34"/>
+      <c r="B25" s="35"/>
+      <c r="C25" s="36" t="s">
+        <v>126</v>
+      </c>
+      <c r="D25" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" s="33" t="s">
+        <v>250</v>
+      </c>
+      <c r="F25" s="63" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="114" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A26" s="34"/>
+      <c r="B26" s="35" t="s">
+        <v>70</v>
+      </c>
+      <c r="C26" s="31" t="s">
+        <v>69</v>
+      </c>
+      <c r="D26" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="E26" s="33" t="s">
+        <v>238</v>
+      </c>
+      <c r="F26" s="63">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="57" hidden="1" outlineLevel="2">
+      <c r="A27" s="34"/>
+      <c r="B27" s="31"/>
+      <c r="C27" s="53" t="s">
+        <v>124</v>
+      </c>
+      <c r="D27" s="38" t="s">
+        <v>122</v>
+      </c>
+      <c r="E27" s="33" t="s">
+        <v>251</v>
+      </c>
+      <c r="F27" s="33" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="114" hidden="1" outlineLevel="2">
+      <c r="A28" s="34"/>
+      <c r="B28" s="35"/>
+      <c r="C28" s="36" t="s">
+        <v>123</v>
+      </c>
+      <c r="D28" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="33" t="s">
+        <v>252</v>
+      </c>
+      <c r="F28" s="63" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A29" s="34"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="31" t="s">
+        <v>163</v>
+      </c>
+      <c r="D29" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="E29" s="33" t="s">
+        <v>253</v>
+      </c>
+      <c r="F29" s="63" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A30" s="34"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="36" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E30" s="33" t="s">
+        <v>254</v>
+      </c>
+      <c r="F30" s="63" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="114" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A31" s="34"/>
+      <c r="B31" s="31" t="s">
+        <v>59</v>
+      </c>
+      <c r="C31" s="31" t="s">
+        <v>69</v>
+      </c>
+      <c r="D31" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="E31" s="33" t="s">
+        <v>231</v>
+      </c>
+      <c r="F31" s="63">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="81" collapsed="1">
+      <c r="A32" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" s="39" t="s">
+        <v>191</v>
+      </c>
+      <c r="C32" s="31"/>
+      <c r="D32" s="38"/>
+      <c r="E32" s="33"/>
+      <c r="F32" s="33"/>
+    </row>
+    <row r="33" spans="1:6" ht="42.75" hidden="1" outlineLevel="2">
+      <c r="A33" s="39"/>
+      <c r="B33" s="39"/>
+      <c r="C33" s="31" t="s">
+        <v>129</v>
+      </c>
+      <c r="D33" s="38" t="s">
+        <v>44</v>
+      </c>
+      <c r="E33" s="33"/>
+      <c r="F33" s="63"/>
+    </row>
+    <row r="34" spans="1:6" ht="28.5" hidden="1" outlineLevel="2">
+      <c r="A34" s="31"/>
+      <c r="B34" s="31"/>
+      <c r="C34" s="31" t="s">
+        <v>130</v>
+      </c>
+      <c r="D34" s="38" t="s">
+        <v>45</v>
+      </c>
+      <c r="E34" s="33"/>
+      <c r="F34" s="63"/>
+    </row>
+    <row r="35" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A35" s="34"/>
+      <c r="B35" s="35"/>
+      <c r="C35" s="36" t="s">
+        <v>131</v>
+      </c>
+      <c r="D35" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E35" s="33"/>
+      <c r="F35" s="63"/>
+    </row>
+    <row r="36" spans="1:6" ht="28.5" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A36" s="34"/>
+      <c r="B36" s="35" t="s">
+        <v>43</v>
+      </c>
+      <c r="C36" s="31" t="s">
+        <v>127</v>
+      </c>
+      <c r="D36" s="38" t="s">
+        <v>75</v>
+      </c>
+      <c r="E36" s="33" t="s">
+        <v>246</v>
+      </c>
+      <c r="F36" s="63" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="57" hidden="1" outlineLevel="2">
+      <c r="A37" s="34"/>
+      <c r="B37" s="35"/>
+      <c r="C37" s="31" t="s">
+        <v>132</v>
+      </c>
+      <c r="D37" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="E37" s="33"/>
+      <c r="F37" s="63"/>
+    </row>
+    <row r="38" spans="1:6" ht="28.5" hidden="1" outlineLevel="2">
+      <c r="A38" s="34"/>
+      <c r="B38" s="35"/>
+      <c r="C38" s="31" t="s">
+        <v>133</v>
+      </c>
+      <c r="D38" s="38" t="s">
+        <v>45</v>
+      </c>
+      <c r="E38" s="33"/>
+      <c r="F38" s="63"/>
+    </row>
+    <row r="39" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A39" s="34"/>
+      <c r="B39" s="35"/>
+      <c r="C39" s="36" t="s">
+        <v>134</v>
+      </c>
+      <c r="D39" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" s="33"/>
+      <c r="F39" s="63"/>
+    </row>
+    <row r="40" spans="1:6" ht="28.5" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A40" s="34"/>
+      <c r="B40" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="C40" s="31" t="s">
+        <v>127</v>
+      </c>
+      <c r="D40" s="38" t="s">
+        <v>75</v>
+      </c>
+      <c r="E40" s="33" t="s">
+        <v>246</v>
+      </c>
+      <c r="F40" s="63" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="27" collapsed="1">
+      <c r="A41" s="39" t="s">
+        <v>90</v>
+      </c>
+      <c r="B41" s="39" t="s">
+        <v>164</v>
+      </c>
+      <c r="C41" s="36"/>
+      <c r="D41" s="37"/>
+      <c r="E41" s="33"/>
+      <c r="F41" s="63"/>
+    </row>
+    <row r="42" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A42" s="39"/>
+      <c r="B42" s="39"/>
+      <c r="C42" s="31" t="s">
+        <v>170</v>
+      </c>
+      <c r="D42" s="38" t="s">
+        <v>48</v>
+      </c>
+      <c r="E42" s="33" t="s">
+        <v>255</v>
+      </c>
+      <c r="F42" s="33" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="114" hidden="1" outlineLevel="2">
+      <c r="A43" s="31"/>
+      <c r="B43" s="31"/>
+      <c r="C43" s="31" t="s">
+        <v>135</v>
+      </c>
+      <c r="D43" s="38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="33" t="s">
+        <v>257</v>
+      </c>
+      <c r="F43" s="63" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="85.5" hidden="1" outlineLevel="2">
+      <c r="A44" s="39"/>
+      <c r="B44" s="39"/>
+      <c r="C44" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="D44" s="38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" s="33" t="s">
+        <v>258</v>
+      </c>
+      <c r="F44" s="63" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A45" s="34"/>
+      <c r="B45" s="35"/>
+      <c r="C45" s="36" t="s">
+        <v>136</v>
+      </c>
+      <c r="D45" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E45" s="33" t="s">
+        <v>260</v>
+      </c>
+      <c r="F45" s="63" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="99.75" outlineLevel="1" collapsed="1">
+      <c r="A46" s="31"/>
+      <c r="B46" s="31" t="s">
+        <v>37</v>
+      </c>
+      <c r="C46" s="31" t="s">
+        <v>128</v>
+      </c>
+      <c r="D46" s="38" t="s">
+        <v>78</v>
+      </c>
+      <c r="E46" s="33" t="s">
+        <v>262</v>
+      </c>
+      <c r="F46" s="33" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="85.5" hidden="1" outlineLevel="2">
+      <c r="A47" s="31"/>
+      <c r="B47" s="31"/>
+      <c r="C47" s="31" t="s">
+        <v>167</v>
+      </c>
+      <c r="D47" s="38" t="s">
+        <v>182</v>
+      </c>
+      <c r="E47" s="33" t="s">
+        <v>263</v>
+      </c>
+      <c r="F47" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="114" hidden="1" outlineLevel="2">
+      <c r="A48" s="31"/>
+      <c r="B48" s="31"/>
+      <c r="C48" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="D48" s="38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="F48" s="63" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A49" s="31"/>
+      <c r="B49" s="31"/>
+      <c r="C49" s="31" t="s">
+        <v>137</v>
+      </c>
+      <c r="D49" s="38" t="s">
+        <v>49</v>
+      </c>
+      <c r="E49" s="33" t="s">
+        <v>265</v>
+      </c>
+      <c r="F49" s="63" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="85.5" hidden="1" outlineLevel="2">
+      <c r="A50" s="34"/>
+      <c r="B50" s="35"/>
+      <c r="C50" s="36" t="s">
+        <v>138</v>
+      </c>
+      <c r="D50" s="37" t="s">
+        <v>50</v>
+      </c>
+      <c r="E50" s="33" t="s">
+        <v>267</v>
+      </c>
+      <c r="F50" s="63" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="128.25" outlineLevel="1" collapsed="1">
+      <c r="A51" s="31"/>
+      <c r="B51" s="31" t="s">
+        <v>165</v>
+      </c>
+      <c r="C51" s="31" t="s">
+        <v>176</v>
+      </c>
+      <c r="D51" s="38" t="s">
+        <v>78</v>
+      </c>
+      <c r="E51" s="33" t="s">
+        <v>269</v>
+      </c>
+      <c r="F51" s="33" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A52" s="34"/>
+      <c r="B52" s="35"/>
+      <c r="C52" s="36" t="s">
+        <v>195</v>
+      </c>
+      <c r="D52" s="37" t="s">
+        <v>108</v>
+      </c>
+      <c r="E52" s="33" t="s">
+        <v>270</v>
+      </c>
+      <c r="F52" s="63" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="85.5" hidden="1" outlineLevel="2">
+      <c r="A53" s="34"/>
+      <c r="B53" s="35"/>
+      <c r="C53" s="36" t="s">
+        <v>200</v>
+      </c>
+      <c r="D53" s="37" t="s">
+        <v>194</v>
+      </c>
+      <c r="E53" s="33" t="s">
+        <v>271</v>
+      </c>
+      <c r="F53" s="63" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="114" hidden="1" outlineLevel="2">
+      <c r="A54" s="34"/>
+      <c r="B54" s="35"/>
+      <c r="C54" s="54" t="s">
+        <v>196</v>
+      </c>
+      <c r="D54" s="32" t="s">
+        <v>42</v>
+      </c>
+      <c r="E54" s="33" t="s">
+        <v>273</v>
+      </c>
+      <c r="F54" s="63" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="57" outlineLevel="1" collapsed="1">
+      <c r="A55" s="34"/>
+      <c r="B55" s="35" t="s">
+        <v>192</v>
+      </c>
+      <c r="C55" s="36" t="s">
+        <v>193</v>
+      </c>
+      <c r="D55" s="37" t="s">
+        <v>84</v>
+      </c>
+      <c r="E55" s="64" t="s">
+        <v>274</v>
+      </c>
+      <c r="F55" s="63">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="114" outlineLevel="2">
+      <c r="A56" s="34"/>
+      <c r="B56" s="35"/>
+      <c r="C56" s="36" t="s">
+        <v>166</v>
+      </c>
+      <c r="D56" s="37" t="s">
+        <v>108</v>
+      </c>
+      <c r="E56" s="33" t="s">
+        <v>275</v>
+      </c>
+      <c r="F56" s="63" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="85.5" outlineLevel="2">
+      <c r="A57" s="34"/>
+      <c r="B57" s="35"/>
+      <c r="C57" s="36" t="s">
+        <v>139</v>
+      </c>
+      <c r="D57" s="37" t="s">
+        <v>50</v>
+      </c>
+      <c r="E57" s="33" t="s">
+        <v>276</v>
+      </c>
+      <c r="F57" s="63" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="71.25" outlineLevel="1">
+      <c r="A58" s="34"/>
+      <c r="B58" s="35" t="s">
+        <v>92</v>
+      </c>
+      <c r="C58" s="36" t="s">
+        <v>96</v>
+      </c>
+      <c r="D58" s="37" t="s">
+        <v>85</v>
+      </c>
+      <c r="E58" s="64" t="s">
+        <v>277</v>
+      </c>
+      <c r="F58" s="63">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="40.5">
+      <c r="A59" s="39" t="s">
+        <v>91</v>
+      </c>
+      <c r="B59" s="39" t="s">
+        <v>175</v>
+      </c>
+      <c r="C59" s="31"/>
+      <c r="D59" s="38"/>
+      <c r="E59" s="33"/>
+      <c r="F59" s="63"/>
+    </row>
+    <row r="60" spans="1:6" ht="85.5" hidden="1" outlineLevel="2">
+      <c r="A60" s="39"/>
+      <c r="B60" s="39"/>
+      <c r="C60" s="36" t="s">
+        <v>141</v>
+      </c>
+      <c r="D60" s="37" t="s">
+        <v>50</v>
+      </c>
+      <c r="E60" s="33" t="s">
+        <v>278</v>
+      </c>
+      <c r="F60" s="63" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="57" hidden="1" outlineLevel="2">
+      <c r="A61" s="39"/>
+      <c r="B61" s="39"/>
+      <c r="C61" s="31" t="s">
+        <v>140</v>
+      </c>
+      <c r="D61" s="38" t="s">
+        <v>183</v>
+      </c>
+      <c r="E61" s="33"/>
+      <c r="F61" s="63"/>
+    </row>
+    <row r="62" spans="1:6" ht="57" hidden="1" outlineLevel="2">
+      <c r="A62" s="39"/>
+      <c r="B62" s="39"/>
+      <c r="C62" s="31" t="s">
+        <v>142</v>
+      </c>
+      <c r="D62" s="38" t="s">
+        <v>79</v>
+      </c>
+      <c r="E62" s="33"/>
+      <c r="F62" s="63"/>
+    </row>
+    <row r="63" spans="1:6" ht="42.75" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A63" s="39"/>
+      <c r="B63" s="31" t="s">
+        <v>71</v>
+      </c>
+      <c r="C63" s="31" t="s">
+        <v>177</v>
+      </c>
+      <c r="D63" s="38" t="s">
+        <v>75</v>
+      </c>
+      <c r="E63" s="64" t="s">
+        <v>280</v>
+      </c>
+      <c r="F63" s="63">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="57" hidden="1" outlineLevel="2">
+      <c r="A64" s="39"/>
+      <c r="B64" s="39"/>
+      <c r="C64" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="D64" s="38" t="s">
+        <v>80</v>
+      </c>
+      <c r="E64" s="33" t="s">
+        <v>281</v>
+      </c>
+      <c r="F64" s="63" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="99.75" hidden="1" outlineLevel="2">
+      <c r="A65" s="39"/>
+      <c r="B65" s="39"/>
+      <c r="C65" s="31" t="s">
+        <v>172</v>
+      </c>
+      <c r="D65" s="38" t="s">
+        <v>81</v>
+      </c>
+      <c r="E65" s="33" t="s">
+        <v>283</v>
+      </c>
+      <c r="F65" s="65" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="28.5" hidden="1" outlineLevel="2">
+      <c r="A66" s="34"/>
+      <c r="B66" s="35"/>
+      <c r="C66" s="36" t="s">
+        <v>143</v>
+      </c>
+      <c r="D66" s="37" t="s">
+        <v>82</v>
+      </c>
+      <c r="E66" s="33"/>
+      <c r="F66" s="63"/>
+    </row>
+    <row r="67" spans="1:8" ht="85.5" hidden="1" outlineLevel="2">
+      <c r="A67" s="31"/>
+      <c r="B67" s="31"/>
+      <c r="C67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="D67" s="37" t="s">
+        <v>50</v>
+      </c>
+      <c r="E67" s="33"/>
+      <c r="F67" s="63"/>
+    </row>
+    <row r="68" spans="1:8" ht="42.75" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A68" s="31"/>
+      <c r="B68" s="31" t="s">
+        <v>73</v>
+      </c>
+      <c r="C68" s="31" t="s">
+        <v>178</v>
+      </c>
+      <c r="D68" s="38" t="s">
+        <v>83</v>
+      </c>
+      <c r="E68" s="64" t="s">
+        <v>285</v>
+      </c>
+      <c r="F68" s="63">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="57" hidden="1" outlineLevel="2">
+      <c r="A69" s="31"/>
+      <c r="B69" s="31"/>
+      <c r="C69" s="31" t="s">
+        <v>173</v>
+      </c>
+      <c r="D69" s="38" t="s">
+        <v>61</v>
+      </c>
+      <c r="E69" s="33" t="s">
+        <v>286</v>
+      </c>
+      <c r="F69" s="63" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="85.5" hidden="1" outlineLevel="2">
+      <c r="A70" s="31"/>
+      <c r="B70" s="31"/>
+      <c r="C70" s="36" t="s">
+        <v>145</v>
+      </c>
+      <c r="D70" s="37" t="s">
+        <v>50</v>
+      </c>
+      <c r="E70" s="33" t="s">
+        <v>173</v>
+      </c>
+      <c r="F70" s="63" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="199.5" hidden="1" outlineLevel="2">
+      <c r="A71" s="31"/>
+      <c r="B71" s="31"/>
+      <c r="C71" s="31" t="s">
         <v>174</v>
       </c>
-      <c r="E3" s="46"/>
-[...47 lines deleted...]
-      <c r="D7" s="68">
+      <c r="D71" s="38" t="s">
+        <v>60</v>
+      </c>
+      <c r="E71" s="33" t="s">
+        <v>289</v>
+      </c>
+      <c r="F71" s="66" t="s">
+        <v>290</v>
+      </c>
+      <c r="H71" s="62"/>
+    </row>
+    <row r="72" spans="1:8" ht="57" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A72" s="31"/>
+      <c r="B72" s="31" t="s">
+        <v>40</v>
+      </c>
+      <c r="C72" s="31" t="s">
+        <v>217</v>
+      </c>
+      <c r="D72" s="38" t="s">
+        <v>84</v>
+      </c>
+      <c r="E72" s="64" t="s">
+        <v>291</v>
+      </c>
+      <c r="F72" s="63">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="40.5" collapsed="1">
+      <c r="A73" s="39" t="s">
+        <v>72</v>
+      </c>
+      <c r="B73" s="39" t="s">
+        <v>98</v>
+      </c>
+      <c r="C73" s="31"/>
+      <c r="D73" s="38"/>
+      <c r="E73" s="33"/>
+      <c r="F73" s="63"/>
+    </row>
+    <row r="74" spans="1:8" ht="57" hidden="1" outlineLevel="2">
+      <c r="A74" s="31"/>
+      <c r="B74" s="31"/>
+      <c r="C74" s="31" t="s">
+        <v>146</v>
+      </c>
+      <c r="D74" s="38" t="s">
+        <v>55</v>
+      </c>
+      <c r="E74" s="33" t="s">
+        <v>292</v>
+      </c>
+      <c r="F74" s="33" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="114" hidden="1" outlineLevel="2">
+      <c r="A75" s="34"/>
+      <c r="B75" s="35"/>
+      <c r="C75" s="36" t="s">
+        <v>147</v>
+      </c>
+      <c r="D75" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E75" s="33" t="s">
+        <v>293</v>
+      </c>
+      <c r="F75" s="63" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A76" s="34"/>
+      <c r="B76" s="35"/>
+      <c r="C76" s="36"/>
+      <c r="D76" s="37"/>
+      <c r="E76" s="33" t="s">
+        <v>295</v>
+      </c>
+      <c r="F76" s="63" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" hidden="1" outlineLevel="2">
+      <c r="A77" s="34"/>
+      <c r="B77" s="35"/>
+      <c r="C77" s="36"/>
+      <c r="D77" s="37"/>
+      <c r="E77" s="33" t="s">
+        <v>296</v>
+      </c>
+      <c r="F77" s="63" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="114" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A78" s="31"/>
+      <c r="B78" s="31" t="s">
+        <v>56</v>
+      </c>
+      <c r="C78" s="36" t="s">
+        <v>94</v>
+      </c>
+      <c r="D78" s="37" t="s">
+        <v>41</v>
+      </c>
+      <c r="E78" s="33" t="s">
+        <v>231</v>
+      </c>
+      <c r="F78" s="63">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="57" hidden="1" outlineLevel="2">
+      <c r="A79" s="35"/>
+      <c r="B79" s="35"/>
+      <c r="C79" s="31" t="s">
+        <v>148</v>
+      </c>
+      <c r="D79" s="38" t="s">
+        <v>58</v>
+      </c>
+      <c r="E79" s="33" t="s">
+        <v>297</v>
+      </c>
+      <c r="F79" s="33" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="114" hidden="1" outlineLevel="2">
+      <c r="A80" s="34"/>
+      <c r="B80" s="35"/>
+      <c r="C80" s="36" t="s">
+        <v>149</v>
+      </c>
+      <c r="D80" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E80" s="33" t="s">
+        <v>298</v>
+      </c>
+      <c r="F80" s="63" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A81" s="34"/>
+      <c r="B81" s="35"/>
+      <c r="C81" s="36"/>
+      <c r="D81" s="37"/>
+      <c r="E81" s="33" t="s">
+        <v>299</v>
+      </c>
+      <c r="F81" s="63" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" hidden="1" outlineLevel="2">
+      <c r="A82" s="34"/>
+      <c r="B82" s="35"/>
+      <c r="C82" s="36"/>
+      <c r="D82" s="37"/>
+      <c r="E82" s="33" t="s">
+        <v>300</v>
+      </c>
+      <c r="F82" s="63" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="114" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A83" s="34"/>
+      <c r="B83" s="35" t="s">
+        <v>57</v>
+      </c>
+      <c r="C83" s="31" t="s">
+        <v>93</v>
+      </c>
+      <c r="D83" s="37" t="s">
+        <v>41</v>
+      </c>
+      <c r="E83" s="33" t="s">
+        <v>231</v>
+      </c>
+      <c r="F83" s="63">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="27" collapsed="1">
+      <c r="A84" s="39" t="s">
+        <v>34</v>
+      </c>
+      <c r="B84" s="39" t="s">
+        <v>99</v>
+      </c>
+      <c r="C84" s="36"/>
+      <c r="D84" s="40"/>
+      <c r="E84" s="33"/>
+      <c r="F84" s="63"/>
+    </row>
+    <row r="85" spans="1:6" ht="57" hidden="1" outlineLevel="2">
+      <c r="A85" s="34"/>
+      <c r="B85" s="35"/>
+      <c r="C85" s="31" t="s">
+        <v>150</v>
+      </c>
+      <c r="D85" s="32" t="s">
+        <v>102</v>
+      </c>
+      <c r="E85" s="33"/>
+      <c r="F85" s="63"/>
+    </row>
+    <row r="86" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A86" s="34"/>
+      <c r="B86" s="35"/>
+      <c r="C86" s="36" t="s">
+        <v>151</v>
+      </c>
+      <c r="D86" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E86" s="33"/>
+      <c r="F86" s="63"/>
+    </row>
+    <row r="87" spans="1:6" ht="28.5" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A87" s="34"/>
+      <c r="B87" s="35" t="s">
+        <v>38</v>
+      </c>
+      <c r="C87" s="36" t="s">
+        <v>32</v>
+      </c>
+      <c r="D87" s="37" t="s">
+        <v>85</v>
+      </c>
+      <c r="E87" s="33" t="s">
+        <v>246</v>
+      </c>
+      <c r="F87" s="63" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="85.5" hidden="1" outlineLevel="2">
+      <c r="A88" s="34"/>
+      <c r="B88" s="35"/>
+      <c r="C88" s="31" t="s">
+        <v>152</v>
+      </c>
+      <c r="D88" s="32" t="s">
+        <v>102</v>
+      </c>
+      <c r="E88" s="33" t="s">
+        <v>301</v>
+      </c>
+      <c r="F88" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="114" hidden="1" outlineLevel="2">
+      <c r="A89" s="34"/>
+      <c r="B89" s="35"/>
+      <c r="C89" s="36" t="s">
+        <v>153</v>
+      </c>
+      <c r="D89" s="37" t="s">
+        <v>51</v>
+      </c>
+      <c r="E89" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="F89" s="63" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A90" s="34"/>
+      <c r="B90" s="35"/>
+      <c r="C90" s="31" t="s">
+        <v>154</v>
+      </c>
+      <c r="D90" s="32" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="33" t="s">
+        <v>303</v>
+      </c>
+      <c r="F90" s="63" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A91" s="34"/>
+      <c r="B91" s="35"/>
+      <c r="C91" s="36" t="s">
+        <v>155</v>
+      </c>
+      <c r="D91" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E91" s="33" t="s">
+        <v>304</v>
+      </c>
+      <c r="F91" s="63" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="128.25" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A92" s="34"/>
+      <c r="B92" s="35" t="s">
+        <v>39</v>
+      </c>
+      <c r="C92" s="36" t="s">
+        <v>33</v>
+      </c>
+      <c r="D92" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="E92" s="33" t="s">
+        <v>306</v>
+      </c>
+      <c r="F92" s="63">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A93" s="34"/>
+      <c r="B93" s="35"/>
+      <c r="C93" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D93" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E93" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="F93" s="33" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A94" s="34"/>
+      <c r="B94" s="35"/>
+      <c r="C94" s="36" t="s">
+        <v>157</v>
+      </c>
+      <c r="D94" s="37" t="s">
+        <v>53</v>
+      </c>
+      <c r="E94" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="F94" s="63" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A95" s="34"/>
+      <c r="B95" s="35"/>
+      <c r="C95" s="36" t="s">
+        <v>158</v>
+      </c>
+      <c r="D95" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E95" s="33" t="s">
+        <v>310</v>
+      </c>
+      <c r="F95" s="63" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" ht="42.75" hidden="1" outlineLevel="2">
+      <c r="A96" s="34"/>
+      <c r="B96" s="35"/>
+      <c r="C96" s="36"/>
+      <c r="D96" s="37"/>
+      <c r="E96" s="33" t="s">
+        <v>312</v>
+      </c>
+      <c r="F96" s="63" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" ht="99.75" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A97" s="34"/>
+      <c r="B97" s="35" t="s">
+        <v>110</v>
+      </c>
+      <c r="C97" s="36" t="s">
+        <v>54</v>
+      </c>
+      <c r="D97" s="37" t="s">
+        <v>77</v>
+      </c>
+      <c r="E97" s="64" t="s">
+        <v>314</v>
+      </c>
+      <c r="F97" s="63">
         <v>10</v>
       </c>
-      <c r="E7" s="46"/>
-[...42 lines deleted...]
-      <c r="D11" s="51" t="s">
+    </row>
+    <row r="98" spans="1:6" ht="42.75" hidden="1" outlineLevel="2">
+      <c r="A98" s="34"/>
+      <c r="B98" s="31"/>
+      <c r="C98" s="31" t="s">
+        <v>209</v>
+      </c>
+      <c r="D98" s="38" t="s">
+        <v>204</v>
+      </c>
+      <c r="E98" s="64"/>
+      <c r="F98" s="63"/>
+    </row>
+    <row r="99" spans="1:6" ht="42.75" hidden="1" outlineLevel="2">
+      <c r="A99" s="34"/>
+      <c r="B99" s="31"/>
+      <c r="C99" s="31" t="s">
+        <v>210</v>
+      </c>
+      <c r="D99" s="38" t="s">
+        <v>205</v>
+      </c>
+      <c r="E99" s="33"/>
+      <c r="F99" s="63"/>
+    </row>
+    <row r="100" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A100" s="34"/>
+      <c r="B100" s="31"/>
+      <c r="C100" s="54" t="s">
+        <v>211</v>
+      </c>
+      <c r="D100" s="32" t="s">
+        <v>42</v>
+      </c>
+      <c r="E100" s="33"/>
+      <c r="F100" s="63"/>
+    </row>
+    <row r="101" spans="1:6" ht="28.5" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A101" s="34"/>
+      <c r="B101" s="31" t="s">
+        <v>206</v>
+      </c>
+      <c r="C101" s="31" t="s">
+        <v>207</v>
+      </c>
+      <c r="D101" s="38" t="s">
+        <v>75</v>
+      </c>
+      <c r="E101" s="33" t="s">
+        <v>246</v>
+      </c>
+      <c r="F101" s="63"/>
+    </row>
+    <row r="102" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A102" s="34"/>
+      <c r="B102" s="35"/>
+      <c r="C102" s="36" t="s">
+        <v>159</v>
+      </c>
+      <c r="D102" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E102" s="33"/>
+      <c r="F102" s="63"/>
+    </row>
+    <row r="103" spans="1:6" s="59" customFormat="1" ht="28.5" hidden="1" outlineLevel="2">
+      <c r="A103" s="55"/>
+      <c r="B103" s="31"/>
+      <c r="C103" s="54" t="s">
+        <v>216</v>
+      </c>
+      <c r="D103" s="32" t="s">
+        <v>214</v>
+      </c>
+      <c r="E103" s="33"/>
+      <c r="F103" s="63"/>
+    </row>
+    <row r="104" spans="1:6" ht="42.75" hidden="1" outlineLevel="2">
+      <c r="A104" s="34"/>
+      <c r="B104" s="35"/>
+      <c r="C104" s="36" t="s">
+        <v>219</v>
+      </c>
+      <c r="D104" s="37" t="s">
+        <v>215</v>
+      </c>
+      <c r="E104" s="33"/>
+      <c r="F104" s="63"/>
+    </row>
+    <row r="105" spans="1:6" ht="28.5" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A105" s="34"/>
+      <c r="B105" s="35" t="s">
+        <v>208</v>
+      </c>
+      <c r="C105" s="36" t="s">
+        <v>218</v>
+      </c>
+      <c r="D105" s="37" t="s">
+        <v>41</v>
+      </c>
+      <c r="E105" s="33" t="s">
+        <v>246</v>
+      </c>
+      <c r="F105" s="63"/>
+    </row>
+    <row r="106" spans="1:6" ht="54" collapsed="1">
+      <c r="A106" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="B106" s="42" t="s">
+        <v>109</v>
+      </c>
+      <c r="C106" s="36"/>
+      <c r="D106" s="37"/>
+      <c r="E106" s="33"/>
+      <c r="F106" s="63"/>
+    </row>
+    <row r="107" spans="1:6" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A107" s="34"/>
+      <c r="B107" s="35"/>
+      <c r="C107" s="36"/>
+      <c r="D107" s="37"/>
+      <c r="E107" s="33" t="s">
+        <v>315</v>
+      </c>
+      <c r="F107" s="63" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" ht="28.5" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A108" s="34"/>
+      <c r="B108" s="35" t="s">
+        <v>67</v>
+      </c>
+      <c r="C108" s="36" t="s">
+        <v>100</v>
+      </c>
+      <c r="D108" s="36" t="s">
+        <v>100</v>
+      </c>
+      <c r="E108" s="64" t="s">
+        <v>317</v>
+      </c>
+      <c r="F108" s="63">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A109" s="34"/>
+      <c r="B109" s="35"/>
+      <c r="C109" s="36"/>
+      <c r="D109" s="37"/>
+      <c r="E109" s="33" t="s">
+        <v>318</v>
+      </c>
+      <c r="F109" s="63" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" ht="28.5" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A110" s="34"/>
+      <c r="B110" s="35" t="s">
+        <v>68</v>
+      </c>
+      <c r="C110" s="36" t="s">
+        <v>100</v>
+      </c>
+      <c r="D110" s="36" t="s">
+        <v>100</v>
+      </c>
+      <c r="E110" s="64" t="s">
+        <v>317</v>
+      </c>
+      <c r="F110" s="63">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A111" s="34"/>
+      <c r="B111" s="35"/>
+      <c r="C111" s="36"/>
+      <c r="D111" s="37"/>
+      <c r="E111" s="33" t="s">
+        <v>319</v>
+      </c>
+      <c r="F111" s="63" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" ht="28.5" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A112" s="34"/>
+      <c r="B112" s="35" t="s">
+        <v>203</v>
+      </c>
+      <c r="C112" s="36" t="s">
+        <v>100</v>
+      </c>
+      <c r="D112" s="37" t="s">
+        <v>100</v>
+      </c>
+      <c r="E112" s="64" t="s">
+        <v>317</v>
+      </c>
+      <c r="F112" s="63">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" ht="27" collapsed="1">
+      <c r="A113" s="43" t="s">
+        <v>65</v>
+      </c>
+      <c r="B113" s="44" t="s">
+        <v>66</v>
+      </c>
+      <c r="C113" s="45"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="33"/>
+      <c r="F113" s="63"/>
+    </row>
+    <row r="114" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A114" s="34"/>
+      <c r="B114" s="35"/>
+      <c r="C114" s="36" t="s">
+        <v>179</v>
+      </c>
+      <c r="D114" s="32" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="F114" s="33" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A115" s="34"/>
+      <c r="B115" s="35"/>
+      <c r="C115" s="36" t="s">
+        <v>180</v>
+      </c>
+      <c r="D115" s="32" t="s">
+        <v>161</v>
+      </c>
+      <c r="E115" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="F115" s="63" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" ht="57" hidden="1" outlineLevel="2">
+      <c r="A116" s="34"/>
+      <c r="B116" s="35"/>
+      <c r="C116" s="36" t="s">
+        <v>181</v>
+      </c>
+      <c r="D116" s="37" t="s">
+        <v>101</v>
+      </c>
+      <c r="E116" s="33" t="s">
+        <v>310</v>
+      </c>
+      <c r="F116" s="63" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" ht="71.25" hidden="1" outlineLevel="2">
+      <c r="A117" s="34"/>
+      <c r="B117" s="35"/>
+      <c r="C117" s="36" t="s">
+        <v>184</v>
+      </c>
+      <c r="D117" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E117" s="33" t="s">
+        <v>312</v>
+      </c>
+      <c r="F117" s="63" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" ht="99.75" hidden="1" outlineLevel="1" collapsed="1">
+      <c r="A118" s="34"/>
+      <c r="B118" s="47" t="s">
+        <v>202</v>
+      </c>
+      <c r="C118" s="36" t="s">
+        <v>160</v>
+      </c>
+      <c r="D118" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="E118" s="64" t="s">
+        <v>321</v>
+      </c>
+      <c r="F118" s="63">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" collapsed="1">
+      <c r="A119" s="43" t="s">
+        <v>97</v>
+      </c>
+      <c r="B119" s="44" t="s">
+        <v>201</v>
+      </c>
+      <c r="C119" s="48"/>
+      <c r="D119" s="49"/>
+      <c r="E119" s="33"/>
+      <c r="F119" s="63"/>
+    </row>
+    <row r="120" spans="1:6" ht="85.5" hidden="1" outlineLevel="2">
+      <c r="A120" s="34"/>
+      <c r="B120" s="35"/>
+      <c r="C120" s="36"/>
+      <c r="D120" s="37"/>
+      <c r="E120" s="33" t="s">
+        <v>322</v>
+      </c>
+      <c r="F120" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" ht="114" hidden="1" outlineLevel="2">
+      <c r="A121" s="34"/>
+      <c r="B121" s="35"/>
+      <c r="C121" s="36"/>
+      <c r="D121" s="37"/>
+      <c r="E121" s="33" t="s">
+        <v>323</v>
+      </c>
+      <c r="F121" s="63" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" ht="142.5" hidden="1" outlineLevel="2">
+      <c r="A122" s="34"/>
+      <c r="B122" s="35"/>
+      <c r="C122" s="36"/>
+      <c r="D122" s="37"/>
+      <c r="E122" s="33" t="s">
+        <v>324</v>
+      </c>
+      <c r="F122" s="63" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" ht="28.5" hidden="1" outlineLevel="2">
+      <c r="A123" s="34"/>
+      <c r="B123" s="35"/>
+      <c r="C123" s="36"/>
+      <c r="D123" s="37"/>
+      <c r="E123" s="33" t="s">
+        <v>326</v>
+      </c>
+      <c r="F123" s="63" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" ht="128.25" outlineLevel="1" collapsed="1">
+      <c r="A124" s="34"/>
+      <c r="B124" s="35" t="s">
+        <v>334</v>
+      </c>
+      <c r="C124" s="36"/>
+      <c r="D124" s="37"/>
+      <c r="E124" s="33" t="s">
+        <v>328</v>
+      </c>
+      <c r="F124" s="63">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" ht="85.5" outlineLevel="2">
+      <c r="A125" s="34"/>
+      <c r="B125" s="35"/>
+      <c r="C125" s="36" t="s">
+        <v>347</v>
+      </c>
+      <c r="D125" s="37" t="s">
+        <v>108</v>
+      </c>
+      <c r="E125" s="33" t="s">
+        <v>345</v>
+      </c>
+      <c r="F125" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" ht="114" outlineLevel="2">
+      <c r="A126" s="34"/>
+      <c r="B126" s="35"/>
+      <c r="C126" s="36" t="s">
+        <v>348</v>
+      </c>
+      <c r="D126" s="37" t="s">
+        <v>50</v>
+      </c>
+      <c r="E126" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="F126" s="63" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" outlineLevel="1">
+      <c r="A127" s="34"/>
+      <c r="B127" s="35" t="s">
+        <v>335</v>
+      </c>
+      <c r="C127" s="36" t="s">
+        <v>96</v>
+      </c>
+      <c r="D127" s="37" t="s">
         <v>85</v>
       </c>
-      <c r="E11" s="46"/>
-[...1065 lines deleted...]
-      <c r="E104" s="64"/>
+      <c r="E127" s="33"/>
+      <c r="F127" s="63">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" ht="27">
+      <c r="A128" s="43" t="s">
+        <v>329</v>
+      </c>
+      <c r="B128" s="44" t="s">
+        <v>330</v>
+      </c>
+      <c r="C128" s="48"/>
+      <c r="D128" s="49"/>
+      <c r="E128" s="33"/>
+      <c r="F128" s="63"/>
     </row>
   </sheetData>
-  <conditionalFormatting sqref="E7">
-[...9 lines deleted...]
-    </cfRule>
+  <conditionalFormatting sqref="E42:F46">
+    <cfRule type="duplicateValues" dxfId="13" priority="6"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E51:F51 E47:F49">
+    <cfRule type="duplicateValues" dxfId="12" priority="5"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E52:F52">
+    <cfRule type="duplicateValues" dxfId="11" priority="4"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E54:F54">
+    <cfRule type="duplicateValues" dxfId="10" priority="3"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E56:F56">
+    <cfRule type="duplicateValues" dxfId="9" priority="2"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E57:F57">
+    <cfRule type="duplicateValues" dxfId="8" priority="1"/>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="C22" r:id="rId1" display="Type d'activité (taxonomie européenne)" xr:uid="{5C94B7F1-CAC2-457B-ABD4-AFB410685CCF}"/>
-    <hyperlink ref="C26" r:id="rId2" display="Type d'activité (taxonomie européenne)" xr:uid="{02469D51-ABCF-4CA4-A928-DBD22FD6FBEE}"/>
+    <hyperlink ref="C23" r:id="rId1" display="Type d'activité (taxonomie européenne)" xr:uid="{5C94B7F1-CAC2-457B-ABD4-AFB410685CCF}"/>
+    <hyperlink ref="C27" r:id="rId2" display="Type d'activité (taxonomie européenne)" xr:uid="{02469D51-ABCF-4CA4-A928-DBD22FD6FBEE}"/>
+    <hyperlink ref="F65" r:id="rId3" xr:uid="{7936C81C-468E-4FAC-8E47-0745F882ED30}"/>
+    <hyperlink ref="F71" r:id="rId4" display="https://cc-le-gresivaudan.interstis.fr/public/information/consulterAccessUrl?cle_url=820570702A2lXY10JUW1UPlJjC2QDdFBvC2wGdVc5VD5ROFQ8ADcFPwNlWmJWNAAxB2k=" xr:uid="{B0E1ADC7-886B-48F6-BA04-C36CC0BED17C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
   <tableParts count="1">
-    <tablePart r:id="rId4"/>
+    <tablePart r:id="rId6"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81308B6E-CF81-4BD2-945D-3A605EB48780}">
-  <dimension ref="A1:V39"/>
+  <dimension ref="A1:AG39"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="R29" sqref="R29"/>
+    <sheetView topLeftCell="O7" workbookViewId="0">
+      <selection activeCell="V39" sqref="V39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="17" max="22" width="11.42578125" style="27"/>
+    <col min="17" max="17" width="11.42578125" style="20"/>
+    <col min="18" max="18" width="62.85546875" style="20" bestFit="1" customWidth="1"/>
+    <col min="19" max="23" width="11.42578125" style="20"/>
+    <col min="32" max="32" width="11.42578125" style="61"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22">
-[...25 lines deleted...]
-    <row r="2" spans="1:22">
+    <row r="1" spans="1:33">
+      <c r="A1" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1" s="17"/>
+      <c r="E1" s="17"/>
+      <c r="F1" s="17"/>
+      <c r="G1" s="17"/>
+      <c r="H1" s="17"/>
+      <c r="I1" s="17"/>
+      <c r="J1" s="17"/>
+      <c r="K1" s="17"/>
+      <c r="L1" s="17"/>
+      <c r="M1" s="17"/>
+      <c r="Q1" s="18" t="s">
+        <v>220</v>
+      </c>
+      <c r="R1" s="18"/>
+      <c r="S1" s="18"/>
+      <c r="T1" s="18"/>
+      <c r="U1" s="18"/>
+      <c r="V1" s="18"/>
+      <c r="W1" s="19"/>
+      <c r="Y1" s="18" t="s">
+        <v>333</v>
+      </c>
+      <c r="Z1" s="18"/>
+      <c r="AA1" s="18"/>
+      <c r="AB1" s="18"/>
+      <c r="AC1" s="18"/>
+      <c r="AD1" s="18"/>
+      <c r="AE1" s="19"/>
+      <c r="AF1" s="60"/>
+      <c r="AG1" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="2" spans="1:33">
       <c r="A2" t="str" cm="1">
-        <f t="array" ref="A2:A9">_xlfn.UNIQUE(_xlfn._xlws.FILTER(Tableau_critères[Catégorie],NOT(ISBLANK(Tableau_critères[Catégorie]))))</f>
+        <f t="array" ref="A2:A10">_xlfn.UNIQUE(_xlfn._xlws.FILTER(Tableau_critères[Catégorie],NOT(ISBLANK(Tableau_critères[Catégorie]))))</f>
         <v>Batiment</v>
       </c>
-      <c r="C2" s="23" t="str" cm="1">
-        <f t="array" ref="C2:J2">TRANSPOSE(_xlfn.ANCHORARRAY(A2))</f>
+      <c r="C2" s="16" t="str" cm="1">
+        <f t="array" ref="C2:K2">TRANSPOSE(_xlfn.ANCHORARRAY(A2))</f>
         <v>Batiment</v>
       </c>
-      <c r="D2" s="23" t="str">
+      <c r="D2" s="16" t="str">
         <v>Achat\Entretien_vehicules</v>
       </c>
-      <c r="E2" s="23" t="str">
+      <c r="E2" s="16" t="str">
         <v>Voirie_et_reseaux</v>
       </c>
-      <c r="F2" s="23" t="str">
+      <c r="F2" s="16" t="str">
         <v>Agriculture_et_alimentation</v>
       </c>
-      <c r="G2" s="23" t="str">
+      <c r="G2" s="16" t="str">
         <v xml:space="preserve">Traitement_dechets </v>
       </c>
-      <c r="H2" s="23" t="str">
+      <c r="H2" s="16" t="str">
         <v>Equipements</v>
       </c>
-      <c r="I2" s="23" t="str">
+      <c r="I2" s="16" t="str">
         <v>Foncier</v>
       </c>
-      <c r="J2" s="23" t="str">
+      <c r="J2" s="16" t="str">
         <v>Amenagements_exterieurs</v>
       </c>
-      <c r="K2" s="23"/>
-[...5 lines deleted...]
-      <c r="R2" s="25" t="s">
+      <c r="K2" s="16" t="str">
+        <v>Eau</v>
+      </c>
+      <c r="L2" s="16"/>
+      <c r="M2" s="16"/>
+      <c r="Q2" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="R2" s="18" t="s">
+        <v>331</v>
+      </c>
+      <c r="S2" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="T2" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="U2" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="V2" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="W2" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="S2" s="25" t="s">
-[...12 lines deleted...]
-    <row r="3" spans="1:22">
+      <c r="Y2" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="Z2" s="18" t="s">
+        <v>331</v>
+      </c>
+      <c r="AA2" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="AB2" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC2" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="AD2" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="AE2" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="AF2" s="60"/>
+      <c r="AG2" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="3" spans="1:33">
       <c r="A3" t="str">
         <v>Achat\Entretien_vehicules</v>
       </c>
       <c r="C3" t="str" cm="1">
         <f t="array" ref="C3:C8">_xlfn.UNIQUE(_xlfn._xlws.FILTER(souscat1,NOT(ISBLANK(souscat1))))</f>
         <v>Construction_nouveaux_batiments_municipaux_intercommunaux</v>
       </c>
       <c r="D3" t="str" cm="1">
         <f t="array" ref="D3:D4">_xlfn.UNIQUE(_xlfn._xlws.FILTER(souscat2,NOT(ISBLANK(souscat2))))</f>
         <v>Vehicules_legers</v>
       </c>
       <c r="E3" t="str" cm="1">
         <f t="array" ref="E3:E7">_xlfn.UNIQUE(_xlfn._xlws.FILTER(souscat3,NOT(ISBLANK(souscat3))))</f>
         <v>La_construction_de_voirie</v>
       </c>
       <c r="F3" t="str" cm="1">
         <f t="array" ref="F3:F5">_xlfn.UNIQUE(_xlfn._xlws.FILTER(souscat4,NOT(ISBLANK(souscat4))))</f>
         <v>Restauration</v>
       </c>
       <c r="G3" t="str" cm="1">
         <f t="array" ref="G3:G4">_xlfn.UNIQUE(_xlfn._xlws.FILTER(souscat5,NOT(ISBLANK(souscat5))))</f>
         <v>Equipements_et_infrastructures_de_collecte</v>
       </c>
       <c r="H3" t="str" cm="1">
-        <f t="array" ref="H3:H6">_xlfn.UNIQUE(_xlfn._xlws.FILTER(souscat6,NOT(ISBLANK(souscat6))))</f>
+        <f t="array" ref="H3:H7">_xlfn.UNIQUE(_xlfn._xlws.FILTER(souscat6,NOT(ISBLANK(souscat6))))</f>
         <v>Les_equipements_mobiliers</v>
       </c>
       <c r="I3" t="str" cm="1">
-        <f t="array" ref="I3:I4">_xlfn.UNIQUE(_xlfn._xlws.FILTER(souscat7,NOT(ISBLANK(souscat7))))</f>
+        <f t="array" ref="I3:I5">_xlfn.UNIQUE(_xlfn._xlws.FILTER(souscat7,NOT(ISBLANK(souscat7))))</f>
         <v>Foncier_agricole</v>
       </c>
       <c r="J3" t="str" cm="1">
         <f t="array" ref="J3">_xlfn.UNIQUE(_xlfn._xlws.FILTER(souscat8,NOT(ISBLANK(souscat8))))</f>
         <v>Amenagements_exterieurs_s</v>
       </c>
-      <c r="Q3" s="27" t="str" cm="1">
-        <f t="array" ref="Q3:Q34">_xlfn.UNIQUE(_xlfn._xlws.FILTER(Tableau_critères[Sous-catégorie],NOT(ISBLANK(Tableau_critères[Sous-catégorie]))))</f>
+      <c r="K3" t="str" cm="1">
+        <f t="array" ref="K3:K4">_xlfn.UNIQUE(_xlfn._xlws.FILTER(souscat9,NOT(ISBLANK(souscat9))))</f>
+        <v>Traitement_des_eaux_usées</v>
+      </c>
+      <c r="Q3" s="20" t="str" cm="1">
+        <f t="array" ref="Q3:Q39">_xlfn.UNIQUE(_xlfn._xlws.FILTER(Tableau_critères[Sous-catégorie],NOT(ISBLANK(Tableau_critères[Sous-catégorie]))))</f>
         <v>Construction_nouveaux_batiments_municipaux_intercommunaux</v>
       </c>
-      <c r="R3" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R3:U3" ca="1">TRANSPOSE(INDIRECT(Q3))</f>
+      <c r="R3" s="20" t="str">
+        <f>_xlfn.CONCAT(Q3,"_1")</f>
+        <v>Construction_nouveaux_batiments_municipaux_intercommunaux_1</v>
+      </c>
+      <c r="S3" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S3:V3" ca="1">TRANSPOSE(INDIRECT(R3))</f>
         <v>Artificialisation des sols (définition ZAN)_CONST</v>
       </c>
-      <c r="S3" s="28" t="str">
+      <c r="T3" s="21" t="str">
         <f ca="1"/>
         <v xml:space="preserve">Performance énergétique_CONST
 </v>
       </c>
-      <c r="T3" s="28" t="str">
+      <c r="U3" s="21" t="str">
         <f ca="1"/>
         <v xml:space="preserve">Matériaux utilisés_CONST
 </v>
       </c>
-      <c r="U3" s="28" t="str">
+      <c r="V3" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_CONST</v>
       </c>
-      <c r="V3" s="29"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:22">
+      <c r="W3" s="22"/>
+      <c r="Y3" s="20" t="str" cm="1">
+        <f t="array" ref="Y3:Y39">_xlfn.UNIQUE(_xlfn._xlws.FILTER(Tableau_critères[Sous-catégorie],NOT(ISBLANK(Tableau_critères[Sous-catégorie]))))</f>
+        <v>Construction_nouveaux_batiments_municipaux_intercommunaux</v>
+      </c>
+      <c r="Z3" s="20" t="str">
+        <f>_xlfn.CONCAT(Y3,"_6")</f>
+        <v>Construction_nouveaux_batiments_municipaux_intercommunaux_6</v>
+      </c>
+      <c r="AA3" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA3:AD3" ca="1">TRANSPOSE(INDIRECT($Z3))</f>
+        <v>Artificialisation des sols (définition ZAN)_CONST</v>
+      </c>
+      <c r="AB3" s="21" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONST</v>
+      </c>
+      <c r="AC3" s="21" t="str">
+        <f ca="1"/>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONST</v>
+      </c>
+      <c r="AD3" s="21" t="str">
+        <f ca="1"/>
+        <v>Labellisation du projet_CONST</v>
+      </c>
+      <c r="AE3" s="22"/>
+      <c r="AF3" s="60"/>
+    </row>
+    <row r="4" spans="1:33">
       <c r="A4" t="str">
         <v>Voirie_et_reseaux</v>
       </c>
       <c r="C4" t="str">
         <v>Rehabilitation_batiments_municipaux_intercommunaux</v>
       </c>
       <c r="D4" t="str">
         <v>Vehicules_lourds</v>
       </c>
       <c r="E4" t="str">
         <v>L_entretien_de_voirie</v>
       </c>
       <c r="F4" t="str">
         <v>Dispositifs_agricoles</v>
       </c>
       <c r="G4" t="str">
         <v>Equipements_et_infrastructures_de_traitement</v>
       </c>
       <c r="H4" t="str">
         <v>Les_equipements_immobiliers</v>
       </c>
       <c r="I4" t="str">
         <v>Foncier_economique</v>
       </c>
-      <c r="Q4" s="27" t="str">
+      <c r="K4" t="str">
+        <v>Réseau_eau</v>
+      </c>
+      <c r="Q4" s="20" t="str">
         <v>Rehabilitation_batiments_municipaux_intercommunaux</v>
       </c>
-      <c r="R4" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R4:T4" ca="1">TRANSPOSE(INDIRECT(Q4))</f>
+      <c r="R4" s="20" t="str">
+        <f t="shared" ref="R4:R39" si="0">_xlfn.CONCAT(Q4,"_1")</f>
+        <v>Rehabilitation_batiments_municipaux_intercommunaux_1</v>
+      </c>
+      <c r="S4" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S4:U4" ca="1">TRANSPOSE(INDIRECT(R4))</f>
         <v>Performance énergétique_REH</v>
       </c>
-      <c r="S4" s="28" t="str">
+      <c r="T4" s="21" t="str">
         <f ca="1"/>
         <v xml:space="preserve">Matériaux utilisés_REH
 </v>
       </c>
-      <c r="T4" s="28" t="str">
+      <c r="U4" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_REH</v>
       </c>
-      <c r="U4" s="28"/>
-[...2 lines deleted...]
-    <row r="5" spans="1:22">
+      <c r="V4" s="21"/>
+      <c r="W4" s="22"/>
+      <c r="Y4" t="str">
+        <v>Rehabilitation_batiments_municipaux_intercommunaux</v>
+      </c>
+      <c r="Z4" s="20" t="str">
+        <f t="shared" ref="Z4:Z39" si="1">_xlfn.CONCAT(Y4,"_6")</f>
+        <v>Rehabilitation_batiments_municipaux_intercommunaux_6</v>
+      </c>
+      <c r="AA4" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA4:AD4" ca="1">TRANSPOSE(INDIRECT($Z4))</f>
+        <v>Objet de la réhabilitation_REH</v>
+      </c>
+      <c r="AB4" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_REH</v>
+      </c>
+      <c r="AC4" t="str">
+        <f ca="1"/>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_REH</v>
+      </c>
+      <c r="AD4" t="str">
+        <f ca="1"/>
+        <v>Labellisation du projet_REH</v>
+      </c>
+    </row>
+    <row r="5" spans="1:33">
       <c r="A5" t="str">
         <v>Agriculture_et_alimentation</v>
       </c>
       <c r="C5" t="str">
         <v>Renovation_des_batiments_municipaux_intercommunaux</v>
       </c>
       <c r="E5" t="str">
         <v>Reseaux_eclairage_public</v>
       </c>
       <c r="F5" t="str">
         <v>Foret_et_bois</v>
       </c>
       <c r="H5" t="str">
         <v>Les_equipements_vegetaux</v>
       </c>
-      <c r="Q5" s="27" t="str">
+      <c r="I5" t="str">
+        <v>Autres_fonciers</v>
+      </c>
+      <c r="Q5" s="20" t="str">
         <v>Renovation_des_batiments_municipaux_intercommunaux</v>
       </c>
-      <c r="R5" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R5:U5" ca="1">TRANSPOSE(INDIRECT(Q5))</f>
+      <c r="R5" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Renovation_des_batiments_municipaux_intercommunaux_1</v>
+      </c>
+      <c r="S5" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S5:V5" ca="1">TRANSPOSE(INDIRECT(R5))</f>
         <v>Performance énergétique_REN</v>
       </c>
-      <c r="S5" s="28" t="str">
+      <c r="T5" s="21" t="str">
         <f ca="1"/>
         <v xml:space="preserve">Matériaux utilisés_REN
 </v>
       </c>
-      <c r="T5" s="28" t="str">
+      <c r="U5" s="21" t="str">
         <f ca="1"/>
         <v>Efficacité de la rénovation_REN</v>
       </c>
-      <c r="U5" s="28" t="str">
+      <c r="V5" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_REN</v>
       </c>
-      <c r="V5" s="29"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:22">
+      <c r="W5" s="22"/>
+      <c r="Y5" t="str">
+        <v>Renovation_des_batiments_municipaux_intercommunaux</v>
+      </c>
+      <c r="Z5" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Renovation_des_batiments_municipaux_intercommunaux_6</v>
+      </c>
+      <c r="AA5" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA5:AD5" ca="1">TRANSPOSE(INDIRECT($Z5))</f>
+        <v>Objet de la rénovation_REN</v>
+      </c>
+      <c r="AB5" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_REN</v>
+      </c>
+      <c r="AC5" t="str">
+        <f ca="1"/>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_REN</v>
+      </c>
+      <c r="AD5" t="str">
+        <f ca="1"/>
+        <v>Labellisation du projet_REN</v>
+      </c>
+    </row>
+    <row r="6" spans="1:33">
       <c r="A6" t="str">
         <v xml:space="preserve">Traitement_dechets </v>
       </c>
       <c r="C6" t="str">
         <v>Travaux_amelioration_batiments\infrastructures</v>
       </c>
       <c r="E6" t="str">
         <v>Reseaux</v>
       </c>
       <c r="H6" t="str">
-        <v>Equipements_electroniques</v>
-[...1 lines deleted...]
-      <c r="Q6" s="27" t="str">
+        <v>Materiel_et_outils_technique</v>
+      </c>
+      <c r="Q6" s="20" t="str">
         <v>Travaux_amelioration_batiments\infrastructures</v>
       </c>
-      <c r="R6" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R6:T6" ca="1">TRANSPOSE(INDIRECT(Q6))</f>
+      <c r="R6" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Travaux_amelioration_batiments\infrastructures_1</v>
+      </c>
+      <c r="S6" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S6:U6" ca="1">TRANSPOSE(INDIRECT(R6))</f>
         <v>Effets sur les émissions de GES_TRAVAME</v>
       </c>
-      <c r="S6" s="28" t="str">
+      <c r="T6" s="21" t="str">
         <f ca="1"/>
         <v>Effets sur la consomation énergétique_TRAVAME</v>
       </c>
-      <c r="T6" s="28" t="str">
+      <c r="U6" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_TRAVAME</v>
       </c>
-      <c r="U6" s="28"/>
-[...2 lines deleted...]
-    <row r="7" spans="1:22">
+      <c r="V6" s="21"/>
+      <c r="W6" s="22"/>
+      <c r="Y6" t="str">
+        <v>Travaux_amelioration_batiments\infrastructures</v>
+      </c>
+      <c r="Z6" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Travaux_amelioration_batiments\infrastructures_6</v>
+      </c>
+      <c r="AA6" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA6" ca="1">TRANSPOSE(INDIRECT($Z6))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="7" spans="1:33">
       <c r="A7" t="str">
         <v>Equipements</v>
       </c>
       <c r="C7" t="str">
         <v>Rehabilitation\renovation_de_batiment_economique</v>
       </c>
       <c r="E7" t="str">
         <v>- La_construction_de_voirie
 - L_entretien_de_voirie
 - Reseaux</v>
       </c>
-      <c r="Q7" s="27" t="str">
+      <c r="H7" t="str">
+        <v>Equipements_electroniques_et_electromenagers</v>
+      </c>
+      <c r="Q7" s="20" t="str">
         <v>Rehabilitation\renovation_de_batiment_economique</v>
       </c>
-      <c r="R7" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R7:U7" ca="1">TRANSPOSE(INDIRECT(Q7))</f>
+      <c r="R7" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Rehabilitation\renovation_de_batiment_economique_1</v>
+      </c>
+      <c r="S7" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S7:V7" ca="1">TRANSPOSE(INDIRECT(R7))</f>
         <v>Performance énergétique_REHECO</v>
       </c>
-      <c r="S7" s="28" t="str">
+      <c r="T7" s="21" t="str">
         <f ca="1"/>
         <v>Type d'activité (taxonomie européenne)_REHECO</v>
       </c>
-      <c r="T7" s="28" t="str">
+      <c r="U7" s="21" t="str">
         <f ca="1"/>
         <v xml:space="preserve">Matériaux utilisés_REHECO
 </v>
       </c>
-      <c r="U7" s="28" t="str">
+      <c r="V7" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_REHECO</v>
       </c>
-      <c r="V7" s="29"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:22">
+      <c r="W7" s="22"/>
+      <c r="Y7" t="str">
+        <v>Rehabilitation\renovation_de_batiment_economique</v>
+      </c>
+      <c r="Z7" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Rehabilitation\renovation_de_batiment_economique_6</v>
+      </c>
+      <c r="AA7" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA7:AD7" ca="1">TRANSPOSE(INDIRECT($Z7))</f>
+        <v>Objet de la réhabilitation_REHECO</v>
+      </c>
+      <c r="AB7" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_REHECO</v>
+      </c>
+      <c r="AC7" t="str">
+        <f ca="1"/>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_REHECO</v>
+      </c>
+      <c r="AD7" t="str">
+        <f ca="1"/>
+        <v>Labellisation du projet_REHECO</v>
+      </c>
+    </row>
+    <row r="8" spans="1:33">
       <c r="A8" t="str">
         <v>Foncier</v>
       </c>
       <c r="C8" t="str">
         <v>Construction_de_batiment_economique</v>
       </c>
-      <c r="Q8" s="27" t="str">
+      <c r="Q8" s="20" t="str">
         <v>Construction_de_batiment_economique</v>
       </c>
-      <c r="R8" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R8:U8" ca="1">TRANSPOSE(INDIRECT(Q8))</f>
+      <c r="R8" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Construction_de_batiment_economique_1</v>
+      </c>
+      <c r="S8" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S8:V8" ca="1">TRANSPOSE(INDIRECT(R8))</f>
         <v>Type d'activité (taxonomie européenne)_REHECO</v>
       </c>
-      <c r="S8" s="28" t="str">
+      <c r="T8" s="21" t="str">
         <f ca="1"/>
         <v>Performance énergétique_REHECO</v>
       </c>
-      <c r="T8" s="28" t="str">
+      <c r="U8" s="21" t="str">
         <f ca="1"/>
         <v>Matériaux utilisés_REHECO</v>
       </c>
-      <c r="U8" s="28" t="str">
+      <c r="V8" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_REHECO</v>
       </c>
-      <c r="V8" s="29"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:22">
+      <c r="W8" s="22"/>
+      <c r="Y8" t="str">
+        <v>Construction_de_batiment_economique</v>
+      </c>
+      <c r="Z8" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Construction_de_batiment_economique_6</v>
+      </c>
+      <c r="AA8" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA8:AD8" ca="1">TRANSPOSE(INDIRECT($Z8))</f>
+        <v>Artificialisation des sols (définition ZAN)_CONSTECO</v>
+      </c>
+      <c r="AB8" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONSTECO</v>
+      </c>
+      <c r="AC8" t="str">
+        <f ca="1"/>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_CONSTECO</v>
+      </c>
+      <c r="AD8" t="str">
+        <f ca="1"/>
+        <v>Labellisation du projet_CONSTECO</v>
+      </c>
+    </row>
+    <row r="9" spans="1:33">
       <c r="A9" t="str">
         <v>Amenagements_exterieurs</v>
       </c>
-      <c r="Q9" s="27" t="str">
+      <c r="Q9" s="20" t="str">
         <v>-La_construction_de_nouveaux_bâtiments_municipaux_intercommunaux
 -Rehabilitation_batiments_municipaux_intercommunaux
 -Renovation_des_batiments_municipaux_intercommunaux
 - Travaux_amelioration_batiments\infrastructures
 - Rehabilitation\renovation_de_batiment_economique
 - Construction_de_batiment_economique</v>
       </c>
-      <c r="R9" s="28" t="e" cm="1">
-        <f t="array" aca="1" ref="R9" ca="1">TRANSPOSE(INDIRECT(Q9))</f>
+      <c r="R9" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>-La_construction_de_nouveaux_bâtiments_municipaux_intercommunaux
+-Rehabilitation_batiments_municipaux_intercommunaux
+-Renovation_des_batiments_municipaux_intercommunaux
+- Travaux_amelioration_batiments\infrastructures
+- Rehabilitation\renovation_de_batiment_economique
+- Construction_de_batiment_economique_1</v>
+      </c>
+      <c r="S9" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S9" ca="1">TRANSPOSE(INDIRECT(R9))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="S9" s="28"/>
-[...5 lines deleted...]
-      <c r="Q10" s="27" t="str">
+      <c r="T9" s="21"/>
+      <c r="U9" s="21"/>
+      <c r="V9" s="21"/>
+      <c r="W9" s="22"/>
+      <c r="Y9" t="str">
+        <v>-La_construction_de_nouveaux_bâtiments_municipaux_intercommunaux
+-Rehabilitation_batiments_municipaux_intercommunaux
+-Renovation_des_batiments_municipaux_intercommunaux
+- Travaux_amelioration_batiments\infrastructures
+- Rehabilitation\renovation_de_batiment_economique
+- Construction_de_batiment_economique</v>
+      </c>
+      <c r="Z9" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>-La_construction_de_nouveaux_bâtiments_municipaux_intercommunaux
+-Rehabilitation_batiments_municipaux_intercommunaux
+-Renovation_des_batiments_municipaux_intercommunaux
+- Travaux_amelioration_batiments\infrastructures
+- Rehabilitation\renovation_de_batiment_economique
+- Construction_de_batiment_economique_6</v>
+      </c>
+      <c r="AA9" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA9" ca="1">TRANSPOSE(INDIRECT($Z9))</f>
+        <v>#VALUE!</v>
+      </c>
+    </row>
+    <row r="10" spans="1:33">
+      <c r="A10" t="str">
+        <v>Eau</v>
+      </c>
+      <c r="Q10" s="20" t="str">
         <v>Vehicules_legers</v>
       </c>
-      <c r="R10" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R10:T10" ca="1">TRANSPOSE(INDIRECT(Q10))</f>
+      <c r="R10" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Vehicules_legers_1</v>
+      </c>
+      <c r="S10" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S10:U10" ca="1">TRANSPOSE(INDIRECT(R10))</f>
         <v>Type de motorisation_VEHLEG</v>
       </c>
-      <c r="S10" s="28" t="str">
+      <c r="T10" s="21" t="str">
         <f ca="1"/>
         <v>Conditions d'achat_VEHLEG</v>
       </c>
-      <c r="T10" s="28" t="str">
+      <c r="U10" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_VEHLEG</v>
       </c>
-      <c r="U10" s="28"/>
-[...3 lines deleted...]
-      <c r="Q11" s="27" t="str">
+      <c r="V10" s="21"/>
+      <c r="W10" s="22"/>
+      <c r="Y10" t="str">
+        <v>Vehicules_legers</v>
+      </c>
+      <c r="Z10" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Vehicules_legers_6</v>
+      </c>
+      <c r="AA10" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA10" ca="1">TRANSPOSE(INDIRECT($Z10))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="11" spans="1:33">
+      <c r="Q11" s="20" t="str">
         <v>Vehicules_lourds</v>
       </c>
-      <c r="R11" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R11:T11" ca="1">TRANSPOSE(INDIRECT(Q11))</f>
+      <c r="R11" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Vehicules_lourds_1</v>
+      </c>
+      <c r="S11" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S11:U11" ca="1">TRANSPOSE(INDIRECT(R11))</f>
         <v>Type de motorisation_VEHLOU</v>
       </c>
-      <c r="S11" s="28" t="str">
+      <c r="T11" s="21" t="str">
         <f ca="1"/>
         <v>Conditions d'achat_VEHLOU</v>
       </c>
-      <c r="T11" s="28" t="str">
+      <c r="U11" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_VEHLOU</v>
       </c>
-      <c r="U11" s="28"/>
-[...3 lines deleted...]
-      <c r="Q12" s="27" t="str">
+      <c r="V11" s="21"/>
+      <c r="W11" s="22"/>
+      <c r="Y11" t="str">
+        <v>Vehicules_lourds</v>
+      </c>
+      <c r="Z11" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Vehicules_lourds_6</v>
+      </c>
+      <c r="AA11" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA11" ca="1">TRANSPOSE(INDIRECT($Z11))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="12" spans="1:33">
+      <c r="Q12" s="20" t="str">
         <v>- Vehicules_legers
 - Vehicules_lourds</v>
       </c>
-      <c r="R12" s="28" t="e" cm="1">
-        <f t="array" aca="1" ref="R12" ca="1">TRANSPOSE(INDIRECT(Q12))</f>
+      <c r="R12" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>- Vehicules_legers
+- Vehicules_lourds_1</v>
+      </c>
+      <c r="S12" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S12" ca="1">TRANSPOSE(INDIRECT(R12))</f>
         <v>#REF!</v>
       </c>
-      <c r="S12" s="28"/>
-[...5 lines deleted...]
-      <c r="Q13" s="27" t="str">
+      <c r="T12" s="21"/>
+      <c r="U12" s="21"/>
+      <c r="V12" s="21"/>
+      <c r="W12" s="22"/>
+      <c r="Y12" t="str">
+        <v>- Vehicules_legers
+- Vehicules_lourds</v>
+      </c>
+      <c r="Z12" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>- Vehicules_legers
+- Vehicules_lourds_6</v>
+      </c>
+      <c r="AA12" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA12" ca="1">TRANSPOSE(INDIRECT($Z12))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="13" spans="1:33">
+      <c r="Q13" s="20" t="str">
         <v>La_construction_de_voirie</v>
       </c>
-      <c r="R13" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R13:U13" ca="1">TRANSPOSE(INDIRECT(Q13))</f>
+      <c r="R13" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>La_construction_de_voirie_1</v>
+      </c>
+      <c r="S13" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S13:V13" ca="1">TRANSPOSE(INDIRECT(R13))</f>
         <v>Développement du partage des usages_CONVOI</v>
       </c>
-      <c r="S13" s="28" t="str">
+      <c r="T13" s="21" t="str">
         <f ca="1"/>
         <v>Imperméabilisation_CONVOI</v>
       </c>
-      <c r="T13" s="28" t="str">
+      <c r="U13" s="21" t="str">
         <f ca="1"/>
         <v>Destination des infrastructures_CONVOI</v>
       </c>
-      <c r="U13" s="28" t="str">
+      <c r="V13" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_CONVOI</v>
       </c>
-      <c r="V13" s="29"/>
-[...2 lines deleted...]
-      <c r="Q14" s="27" t="str">
+      <c r="W13" s="22"/>
+      <c r="Y13" t="str">
+        <v>La_construction_de_voirie</v>
+      </c>
+      <c r="Z13" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>La_construction_de_voirie_6</v>
+      </c>
+      <c r="AA13" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA13:AD13" ca="1">TRANSPOSE(INDIRECT($Z13))</f>
+        <v>Artificialisation des sols (définition ZAN)_CONVOI</v>
+      </c>
+      <c r="AB13" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_CONVOI</v>
+      </c>
+      <c r="AC13" t="str">
+        <f ca="1"/>
+        <v>Respect des continuités écologiques_CONVOI</v>
+      </c>
+      <c r="AD13" t="str">
+        <f ca="1"/>
+        <v>Adaptation de l'éclairage_CONVOI</v>
+      </c>
+    </row>
+    <row r="14" spans="1:33">
+      <c r="Q14" s="20" t="str">
         <v>L_entretien_de_voirie</v>
       </c>
-      <c r="R14" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R14:U14" ca="1">TRANSPOSE(INDIRECT(Q14))</f>
+      <c r="R14" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>L_entretien_de_voirie_1</v>
+      </c>
+      <c r="S14" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S14:V14" ca="1">TRANSPOSE(INDIRECT(R14))</f>
         <v>Développement du partage des usages_ENTVOI</v>
       </c>
-      <c r="S14" s="28" t="str">
+      <c r="T14" s="21" t="str">
         <f ca="1"/>
         <v>Limitation de l'imperméabilisation des surfaces_ENTVOI</v>
       </c>
-      <c r="T14" s="28" t="str">
+      <c r="U14" s="21" t="str">
         <f ca="1"/>
         <v>Nécessité de la rénovation_ENTVOI</v>
       </c>
-      <c r="U14" s="28" t="str">
+      <c r="V14" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_ENTVOI</v>
       </c>
-      <c r="V14" s="29"/>
-[...2 lines deleted...]
-      <c r="Q15" s="27" t="str">
+      <c r="W14" s="22"/>
+      <c r="Y14" t="str">
+        <v>L_entretien_de_voirie</v>
+      </c>
+      <c r="Z14" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>L_entretien_de_voirie_6</v>
+      </c>
+      <c r="AA14" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA14:AD14" ca="1">TRANSPOSE(INDIRECT($Z14))</f>
+        <v>Artificialisation des sols (définition ZAN)_ENTVOI</v>
+      </c>
+      <c r="AB14" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_ENTVOI</v>
+      </c>
+      <c r="AC14" t="str">
+        <f ca="1"/>
+        <v>Adaptation de l'éclairage_ENTVOI</v>
+      </c>
+      <c r="AD14" t="str">
+        <f ca="1"/>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité_ENTVOI</v>
+      </c>
+    </row>
+    <row r="15" spans="1:33">
+      <c r="Q15" s="20" t="str">
         <v>Reseaux_eclairage_public</v>
       </c>
-      <c r="R15" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R15:T15" ca="1">TRANSPOSE(INDIRECT(Q15))</f>
+      <c r="R15" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Reseaux_eclairage_public_1</v>
+      </c>
+      <c r="S15" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S15:U15" ca="1">TRANSPOSE(INDIRECT(R15))</f>
         <v>Empreinte de l'installation (cumulatif)_RESECL</v>
       </c>
-      <c r="S15" s="28" t="str">
+      <c r="T15" s="21" t="str">
         <f ca="1"/>
         <v>Consommation énergétique_RESECL</v>
       </c>
-      <c r="T15" s="28" t="str">
+      <c r="U15" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_RESECL</v>
       </c>
-      <c r="U15" s="28"/>
-[...3 lines deleted...]
-      <c r="Q16" s="27" t="str">
+      <c r="V15" s="21"/>
+      <c r="W15" s="22"/>
+      <c r="Y15" t="str">
+        <v>Reseaux_eclairage_public</v>
+      </c>
+      <c r="Z15" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Reseaux_eclairage_public_6</v>
+      </c>
+      <c r="AA15" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA15:AC15" ca="1">TRANSPOSE(INDIRECT($Z15))</f>
+        <v>Adaptation de l'éclairage_RESELEC</v>
+      </c>
+      <c r="AB15" t="str">
+        <f ca="1"/>
+        <v>Adaptation des caractéristiques des luminaires (cumulatif)_RESELEC</v>
+      </c>
+      <c r="AC15" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_RESELEC</v>
+      </c>
+    </row>
+    <row r="16" spans="1:33">
+      <c r="Q16" s="20" t="str">
         <v>Reseaux</v>
       </c>
-      <c r="R16" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R16:S16" ca="1">TRANSPOSE(INDIRECT(Q16))</f>
+      <c r="R16" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Reseaux_1</v>
+      </c>
+      <c r="S16" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S16:T16" ca="1">TRANSPOSE(INDIRECT(R16))</f>
         <v>Empreinte de l'installation (cumulatif)_RES</v>
       </c>
-      <c r="S16" s="28" t="str">
+      <c r="T16" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_RES</v>
       </c>
-      <c r="T16" s="28"/>
-[...4 lines deleted...]
-      <c r="Q17" s="27" t="str">
+      <c r="U16" s="21"/>
+      <c r="V16" s="21"/>
+      <c r="W16" s="22"/>
+      <c r="Y16" t="str">
+        <v>Reseaux</v>
+      </c>
+      <c r="Z16" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Reseaux_6</v>
+      </c>
+      <c r="AA16" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA16:AB16" ca="1">TRANSPOSE(INDIRECT($Z16))</f>
+        <v>Prise en compte de la biodiversité dans la construction du projet_RES</v>
+      </c>
+      <c r="AB16" t="str">
+        <f ca="1"/>
+        <v>Respect des continuités écologiques_RES</v>
+      </c>
+    </row>
+    <row r="17" spans="17:30">
+      <c r="Q17" s="20" t="str">
         <v>- La_construction_de_voirie
 - L_entretien_de_voirie
 - Reseaux</v>
       </c>
-      <c r="R17" s="28" t="e" cm="1">
-        <f t="array" aca="1" ref="R17" ca="1">TRANSPOSE(INDIRECT(Q17))</f>
+      <c r="R17" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>- La_construction_de_voirie
+- L_entretien_de_voirie
+- Reseaux_1</v>
+      </c>
+      <c r="S17" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S17" ca="1">TRANSPOSE(INDIRECT(R17))</f>
         <v>#REF!</v>
       </c>
-      <c r="S17" s="28"/>
-[...5 lines deleted...]
-      <c r="Q18" s="27" t="str">
+      <c r="T17" s="21"/>
+      <c r="U17" s="21"/>
+      <c r="V17" s="21"/>
+      <c r="W17" s="22"/>
+      <c r="Y17" t="str">
+        <v>- La_construction_de_voirie
+- L_entretien_de_voirie
+- Reseaux</v>
+      </c>
+      <c r="Z17" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>- La_construction_de_voirie
+- L_entretien_de_voirie
+- Reseaux_6</v>
+      </c>
+      <c r="AA17" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA17" ca="1">TRANSPOSE(INDIRECT($Z17))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="18" spans="17:30">
+      <c r="Q18" s="20" t="str">
         <v>Restauration</v>
       </c>
-      <c r="R18" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R18:T18" ca="1">TRANSPOSE(INDIRECT(Q18))</f>
+      <c r="R18" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Restauration_1</v>
+      </c>
+      <c r="S18" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S18:U18" ca="1">TRANSPOSE(INDIRECT(R18))</f>
         <v>Sobriété du projet (bonus)_REST</v>
       </c>
-      <c r="S18" s="28" t="str">
+      <c r="T18" s="21" t="str">
         <f ca="1"/>
         <v>L'investissement permet la fourniture/préparation de produits de qualité et locaux_REST</v>
       </c>
-      <c r="T18" s="28" t="str">
+      <c r="U18" s="21" t="str">
         <f ca="1"/>
         <v>L'investissement permet la réduction des déchets (cumulatif)_REST</v>
       </c>
-      <c r="U18" s="28"/>
-[...3 lines deleted...]
-      <c r="Q19" s="27" t="str">
+      <c r="V18" s="21"/>
+      <c r="W18" s="22"/>
+      <c r="Y18" t="str">
+        <v>Restauration</v>
+      </c>
+      <c r="Z18" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Restauration_6</v>
+      </c>
+      <c r="AA18" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA18:AC18" ca="1">TRANSPOSE(INDIRECT($Z18))</f>
+        <v>Valorisation des déchets organsiques_REST</v>
+      </c>
+      <c r="AB18">
+        <f ca="1"/>
+        <v>0</v>
+      </c>
+      <c r="AC18">
+        <f ca="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="17:30">
+      <c r="Q19" s="20" t="str">
         <v>Dispositifs_agricoles</v>
       </c>
-      <c r="R19" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R19:U19" ca="1">TRANSPOSE(INDIRECT(Q19))</f>
+      <c r="R19" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Dispositifs_agricoles_1</v>
+      </c>
+      <c r="S19" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S19:V19" ca="1">TRANSPOSE(INDIRECT(R19))</f>
         <v>Fillière à développer ou restreindre selon le PAIT_DISPAGR</v>
       </c>
-      <c r="S19" s="28" t="str">
+      <c r="T19" s="21" t="str">
         <f ca="1"/>
         <v>Pratiques de la transition agricole (cumulatif)_DISPAGR</v>
       </c>
-      <c r="T19" s="28" t="str">
+      <c r="U19" s="21" t="str">
         <f ca="1"/>
         <v xml:space="preserve">Maintien de l'activité agricole _DISPAGR
 </v>
       </c>
-      <c r="U19" s="28" t="str">
+      <c r="V19" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_DISPAGR</v>
       </c>
-      <c r="V19" s="29"/>
-[...2 lines deleted...]
-      <c r="Q20" s="27" t="str">
+      <c r="W19" s="22"/>
+      <c r="Y19" t="str">
+        <v>Dispositifs_agricoles</v>
+      </c>
+      <c r="Z19" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Dispositifs_agricoles_6</v>
+      </c>
+      <c r="AA19" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA19:AD19" ca="1">TRANSPOSE(INDIRECT($Z19))</f>
+        <v>Labellisation_DISPAGR</v>
+      </c>
+      <c r="AB19" t="str">
+        <f ca="1"/>
+        <v>Le dispositifs met en place ou participes à la mise en place de pratiques (cumulatif)_DISPAGR</v>
+      </c>
+      <c r="AC19">
+        <f ca="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD19">
+        <f ca="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="17:30">
+      <c r="Q20" s="20" t="str">
         <v>Foret_et_bois</v>
       </c>
-      <c r="R20" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R20:T20" ca="1">TRANSPOSE(INDIRECT(Q20))</f>
+      <c r="R20" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Foret_et_bois_1</v>
+      </c>
+      <c r="S20" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S20:U20" ca="1">TRANSPOSE(INDIRECT(R20))</f>
         <v>Gestion durable_FORBOI</v>
       </c>
-      <c r="S20" s="28" t="str">
+      <c r="T20" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_FORBOI</v>
       </c>
-      <c r="T20" s="28" t="str">
+      <c r="U20" s="21" t="str">
         <f ca="1"/>
         <v>Développement circuit court_FORBOI</v>
       </c>
-      <c r="U20" s="28"/>
-[...3 lines deleted...]
-      <c r="Q21" s="27" t="str">
+      <c r="V20" s="21"/>
+      <c r="W20" s="22"/>
+      <c r="Y20" t="str">
+        <v>Foret_et_bois</v>
+      </c>
+      <c r="Z20" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Foret_et_bois_6</v>
+      </c>
+      <c r="AA20" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA20:AC20" ca="1">TRANSPOSE(INDIRECT($Z20))</f>
+        <v>Labellisation_FORBOI</v>
+      </c>
+      <c r="AB20" t="str">
+        <f ca="1"/>
+        <v>Gestion durable_FORBOI</v>
+      </c>
+      <c r="AC20" t="str">
+        <f ca="1"/>
+        <v>Pratiques favorables à la biodiversité (cumulatif)_FORBOI</v>
+      </c>
+    </row>
+    <row r="21" spans="17:30">
+      <c r="Q21" s="20" t="str">
         <v>- Restauration
 - Dispositifs_agricoles
 - Forêt_et_bois</v>
       </c>
-      <c r="R21" s="28" t="e" cm="1">
-        <f t="array" aca="1" ref="R21" ca="1">TRANSPOSE(INDIRECT(Q21))</f>
+      <c r="R21" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>- Restauration
+- Dispositifs_agricoles
+- Forêt_et_bois_1</v>
+      </c>
+      <c r="S21" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S21" ca="1">TRANSPOSE(INDIRECT(R21))</f>
         <v>#REF!</v>
       </c>
-      <c r="S21" s="28"/>
-[...5 lines deleted...]
-      <c r="Q22" s="27" t="str">
+      <c r="T21" s="21"/>
+      <c r="U21" s="21"/>
+      <c r="V21" s="21"/>
+      <c r="W21" s="22"/>
+      <c r="Y21" t="str">
+        <v>- Restauration
+- Dispositifs_agricoles
+- Forêt_et_bois</v>
+      </c>
+      <c r="Z21" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>- Restauration
+- Dispositifs_agricoles
+- Forêt_et_bois_6</v>
+      </c>
+      <c r="AA21" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA21" ca="1">TRANSPOSE(INDIRECT($Z21))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="22" spans="17:30">
+      <c r="Q22" s="20" t="str">
         <v>Equipements_et_infrastructures_de_collecte</v>
       </c>
-      <c r="R22" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R22:S22" ca="1">TRANSPOSE(INDIRECT(Q22))</f>
+      <c r="R22" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Equipements_et_infrastructures_de_collecte_1</v>
+      </c>
+      <c r="S22" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S22:T22" ca="1">TRANSPOSE(INDIRECT(R22))</f>
         <v xml:space="preserve">Méthode de collecte favorisée_COL
 </v>
       </c>
-      <c r="S22" s="28" t="str">
+      <c r="T22" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_COL</v>
       </c>
-      <c r="T22" s="28"/>
-[...4 lines deleted...]
-      <c r="Q23" s="27" t="str">
+      <c r="U22" s="21"/>
+      <c r="V22" s="21"/>
+      <c r="W22" s="22"/>
+      <c r="Y22" t="str">
+        <v>Equipements_et_infrastructures_de_collecte</v>
+      </c>
+      <c r="Z22" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Equipements_et_infrastructures_de_collecte_6</v>
+      </c>
+      <c r="AA22" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA22:AD22" ca="1">TRANSPOSE(INDIRECT($Z22))</f>
+        <v>Artificialisation des sols (définition ZAN)_COL</v>
+      </c>
+      <c r="AB22" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_COL</v>
+      </c>
+      <c r="AC22" t="str">
+        <f ca="1"/>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_COL</v>
+      </c>
+      <c r="AD22" t="str">
+        <f ca="1"/>
+        <v>Labellisation du projet_COL</v>
+      </c>
+    </row>
+    <row r="23" spans="17:30">
+      <c r="Q23" s="20" t="str">
         <v>Equipements_et_infrastructures_de_traitement</v>
       </c>
-      <c r="R23" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R23:S23" ca="1">TRANSPOSE(INDIRECT(Q23))</f>
+      <c r="R23" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Equipements_et_infrastructures_de_traitement_1</v>
+      </c>
+      <c r="S23" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S23:T23" ca="1">TRANSPOSE(INDIRECT(R23))</f>
         <v xml:space="preserve">Méthode de traitement favorisée_TRA
 </v>
       </c>
-      <c r="S23" s="28" t="str">
+      <c r="T23" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_TRA</v>
       </c>
-      <c r="T23" s="28"/>
-[...4 lines deleted...]
-      <c r="Q24" s="27" t="str">
+      <c r="U23" s="21"/>
+      <c r="V23" s="21"/>
+      <c r="W23" s="22"/>
+      <c r="Y23" t="str">
+        <v>Equipements_et_infrastructures_de_traitement</v>
+      </c>
+      <c r="Z23" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Equipements_et_infrastructures_de_traitement_6</v>
+      </c>
+      <c r="AA23" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA23:AD23" ca="1">TRANSPOSE(INDIRECT($Z23))</f>
+        <v>Artificialisation des sols (définition ZAN)_TRA</v>
+      </c>
+      <c r="AB23" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_TRA</v>
+      </c>
+      <c r="AC23" t="str">
+        <f ca="1"/>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_TRA</v>
+      </c>
+      <c r="AD23" t="str">
+        <f ca="1"/>
+        <v>Labellisation du projet_TRA</v>
+      </c>
+    </row>
+    <row r="24" spans="17:30">
+      <c r="Q24" s="20" t="str">
         <v>- Equipements et infrastructures de collecte
 - Equipements et infrastructures de traitement</v>
       </c>
-      <c r="R24" s="28" t="e" cm="1">
-        <f t="array" aca="1" ref="R24" ca="1">TRANSPOSE(INDIRECT(Q24))</f>
+      <c r="R24" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>- Equipements et infrastructures de collecte
+- Equipements et infrastructures de traitement_1</v>
+      </c>
+      <c r="S24" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S24" ca="1">TRANSPOSE(INDIRECT(R24))</f>
         <v>#REF!</v>
       </c>
-      <c r="S24" s="28"/>
-[...5 lines deleted...]
-      <c r="Q25" s="27" t="str">
+      <c r="T24" s="21"/>
+      <c r="U24" s="21"/>
+      <c r="V24" s="21"/>
+      <c r="W24" s="22"/>
+      <c r="Y24" t="str">
+        <v>- Equipements et infrastructures de collecte
+- Equipements et infrastructures de traitement</v>
+      </c>
+      <c r="Z24" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>- Equipements et infrastructures de collecte
+- Equipements et infrastructures de traitement_6</v>
+      </c>
+      <c r="AA24" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA24" ca="1">TRANSPOSE(INDIRECT($Z24))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="25" spans="17:30">
+      <c r="Q25" s="20" t="str">
         <v>Les_equipements_mobiliers</v>
       </c>
-      <c r="R25" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R25:S25" ca="1">TRANSPOSE(INDIRECT(Q25))</f>
+      <c r="R25" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Les_equipements_mobiliers_1</v>
+      </c>
+      <c r="S25" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S25:T25" ca="1">TRANSPOSE(INDIRECT(R25))</f>
         <v xml:space="preserve">Matériaux utilisés (équipements)_EQUMOB
 </v>
       </c>
-      <c r="S25" s="28" t="str">
+      <c r="T25" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_EQUMOB</v>
       </c>
-      <c r="T25" s="28"/>
-[...4 lines deleted...]
-      <c r="Q26" s="27" t="str">
+      <c r="U25" s="21"/>
+      <c r="V25" s="21"/>
+      <c r="W25" s="22"/>
+      <c r="Y25" t="str">
+        <v>Les_equipements_mobiliers</v>
+      </c>
+      <c r="Z25" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Les_equipements_mobiliers_6</v>
+      </c>
+      <c r="AA25" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA25" ca="1">TRANSPOSE(INDIRECT($Z25))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="26" spans="17:30">
+      <c r="Q26" s="20" t="str">
         <v>Les_equipements_immobiliers</v>
       </c>
-      <c r="R26" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R26:U26" ca="1">TRANSPOSE(INDIRECT(Q26))</f>
+      <c r="R26" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Les_equipements_immobiliers_1</v>
+      </c>
+      <c r="S26" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S26:V26" ca="1">TRANSPOSE(INDIRECT(R26))</f>
         <v>Matériaux utilisés (équipements)_EQUIMM</v>
       </c>
-      <c r="S26" s="28" t="str">
+      <c r="T26" s="21" t="str">
         <f ca="1"/>
         <v>Empreinte de l'installation_EQUIMM</v>
       </c>
-      <c r="T26" s="28" t="str">
+      <c r="U26" s="21" t="str">
         <f ca="1"/>
         <v>Artificialisation des sols_EQUIMM</v>
       </c>
-      <c r="U26" s="28" t="str">
+      <c r="V26" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_EQUIMM</v>
       </c>
-      <c r="V26" s="29"/>
-[...2 lines deleted...]
-      <c r="Q27" s="27" t="str">
+      <c r="W26" s="22"/>
+      <c r="Y26" t="str">
+        <v>Les_equipements_immobiliers</v>
+      </c>
+      <c r="Z26" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Les_equipements_immobiliers_6</v>
+      </c>
+      <c r="AA26" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA26:AD26" ca="1">TRANSPOSE(INDIRECT($Z26))</f>
+        <v>Artificialisation des sols (définition ZAN)_EQUIMM</v>
+      </c>
+      <c r="AB26" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_EQUIMM</v>
+      </c>
+      <c r="AC26" t="str">
+        <f ca="1"/>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_EQUIMM</v>
+      </c>
+      <c r="AD26" t="str">
+        <f ca="1"/>
+        <v>Labellisation du projet_EQUIMM</v>
+      </c>
+    </row>
+    <row r="27" spans="17:30">
+      <c r="Q27" s="20" t="str">
         <v>Les_equipements_vegetaux</v>
       </c>
-      <c r="R27" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R27:T27" ca="1">TRANSPOSE(INDIRECT(Q27))</f>
+      <c r="R27" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Les_equipements_vegetaux_1</v>
+      </c>
+      <c r="S27" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S27:U27" ca="1">TRANSPOSE(INDIRECT(R27))</f>
         <v>Développement des surfaces arborisées_EQUVEG</v>
       </c>
-      <c r="S27" s="28" t="str">
+      <c r="T27" s="21" t="str">
         <f ca="1"/>
         <v>Origine des végétaux _EQUVEG</v>
       </c>
-      <c r="T27" s="28" t="str">
+      <c r="U27" s="21" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_EQUVEG</v>
       </c>
-      <c r="U27" s="28"/>
-[...7 lines deleted...]
-        <f t="array" aca="1" ref="R28:S28" ca="1">TRANSPOSE(INDIRECT(Q28))</f>
+      <c r="V27" s="21"/>
+      <c r="W27" s="22"/>
+      <c r="Y27" t="str">
+        <v>Les_equipements_vegetaux</v>
+      </c>
+      <c r="Z27" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Les_equipements_vegetaux_6</v>
+      </c>
+      <c r="AA27" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA27:AD27" ca="1">TRANSPOSE(INDIRECT($Z27))</f>
+        <v>Artificialisation_AMEEXT</v>
+      </c>
+      <c r="AB27" t="str">
+        <f ca="1"/>
+        <v>Action directe sur la biodiversité_AMEEXT</v>
+      </c>
+      <c r="AC27" t="str">
+        <f ca="1"/>
+        <v>Création d'espaces à potentiel pour la biodiversité_AMEEXT</v>
+      </c>
+      <c r="AD27" t="str">
+        <f ca="1"/>
+        <v>Labellisation_AMEEXT</v>
+      </c>
+    </row>
+    <row r="28" spans="17:30">
+      <c r="Q28" s="20" t="str">
+        <v>Materiel_et_outils_technique</v>
+      </c>
+      <c r="R28" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Materiel_et_outils_technique_1</v>
+      </c>
+      <c r="S28" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S28:U28" ca="1">TRANSPOSE(INDIRECT(R28))</f>
+        <v>Type de motorisation_MATOUT</v>
+      </c>
+      <c r="T28" s="21" t="str">
+        <f ca="1"/>
+        <v>Conditions d'achat_MATOUT</v>
+      </c>
+      <c r="U28" s="21" t="str">
+        <f ca="1"/>
+        <v>Sobriété du projet (bonus)_MATOUT</v>
+      </c>
+      <c r="V28" s="21"/>
+      <c r="W28" s="22"/>
+      <c r="Y28" t="str">
+        <v>Materiel_et_outils_technique</v>
+      </c>
+      <c r="Z28" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Materiel_et_outils_technique_6</v>
+      </c>
+      <c r="AA28" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA28" ca="1">TRANSPOSE(INDIRECT($Z28))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="29" spans="17:30">
+      <c r="Q29" s="20" t="str">
+        <v>Equipements_electroniques_et_electromenagers</v>
+      </c>
+      <c r="R29" s="20" t="str">
+        <f>_xlfn.CONCAT(Q29,"_1")</f>
+        <v>Equipements_electroniques_et_electromenagers_1</v>
+      </c>
+      <c r="S29" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S29:U29" ca="1">TRANSPOSE(INDIRECT(R29))</f>
         <v>Sobriété du projet (bonus)_EQUELE</v>
       </c>
-      <c r="S28" s="28" t="str">
+      <c r="T29" s="21" t="str">
         <f ca="1"/>
-        <v>Limitation du renouvellement_EQUELE</v>
-[...6 lines deleted...]
-      <c r="Q29" s="27" t="str">
+        <v>Réparabilité_EQUELE</v>
+      </c>
+      <c r="U29" s="21" t="str">
+        <f ca="1"/>
+        <v>Limitation de la production_EQUELE</v>
+      </c>
+      <c r="V29" s="21"/>
+      <c r="W29" s="22"/>
+      <c r="Y29" t="str">
+        <v>Equipements_electroniques_et_electromenagers</v>
+      </c>
+      <c r="Z29" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Equipements_electroniques_et_electromenagers_6</v>
+      </c>
+      <c r="AA29" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA29" ca="1">TRANSPOSE(INDIRECT($Z29))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="30" spans="17:30">
+      <c r="Q30" s="20" t="str">
         <v>- Les_equipements_mobiliers
 - Les_equipements_immobiliers
 - les_equipements_vegetaux_
 - Les_equipements_electroniques</v>
       </c>
-      <c r="R29" s="28" t="e" cm="1">
-        <f t="array" aca="1" ref="R29" ca="1">TRANSPOSE(INDIRECT(Q29))</f>
+      <c r="R30" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>- Les_equipements_mobiliers
+- Les_equipements_immobiliers
+- les_equipements_vegetaux_
+- Les_equipements_electroniques_1</v>
+      </c>
+      <c r="S30" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S30" ca="1">TRANSPOSE(INDIRECT(R30))</f>
         <v>#REF!</v>
       </c>
-      <c r="S29" s="28"/>
-[...5 lines deleted...]
-      <c r="Q30" s="27" t="str">
+      <c r="T30" s="21"/>
+      <c r="U30" s="21"/>
+      <c r="V30" s="21"/>
+      <c r="W30" s="22"/>
+      <c r="Y30" t="str">
+        <v>- Les_equipements_mobiliers
+- Les_equipements_immobiliers
+- les_equipements_vegetaux_
+- Les_equipements_electroniques</v>
+      </c>
+      <c r="Z30" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>- Les_equipements_mobiliers
+- Les_equipements_immobiliers
+- les_equipements_vegetaux_
+- Les_equipements_electroniques_6</v>
+      </c>
+      <c r="AA30" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA30" ca="1">TRANSPOSE(INDIRECT($Z30))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="31" spans="17:30">
+      <c r="Q31" s="20" t="str">
         <v>Foncier_agricole</v>
       </c>
-      <c r="R30" s="28" t="e" cm="1">
-        <f t="array" aca="1" ref="R30" ca="1">TRANSPOSE(INDIRECT(Q30))</f>
+      <c r="R31" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Foncier_agricole_1</v>
+      </c>
+      <c r="S31" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S31" ca="1">TRANSPOSE(INDIRECT(R31))</f>
         <v>#REF!</v>
       </c>
-      <c r="S30" s="28"/>
-[...5 lines deleted...]
-      <c r="Q31" s="27" t="str">
+      <c r="Y31" t="str">
+        <v>Foncier_agricole</v>
+      </c>
+      <c r="Z31" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Foncier_agricole_6</v>
+      </c>
+      <c r="AA31" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA31" ca="1">TRANSPOSE(INDIRECT($Z31))</f>
+        <v>Obligations biodiversités liées au terrain_FONCA</v>
+      </c>
+    </row>
+    <row r="32" spans="17:30">
+      <c r="Q32" s="20" t="str">
         <v>Foncier_economique</v>
       </c>
-      <c r="R31" s="28" t="e" cm="1">
-        <f t="array" aca="1" ref="R31" ca="1">TRANSPOSE(INDIRECT(Q31))</f>
+      <c r="R32" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Foncier_economique_1</v>
+      </c>
+      <c r="S32" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S32" ca="1">TRANSPOSE(INDIRECT(R32))</f>
         <v>#REF!</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="Q32" s="27" t="str">
+      <c r="Y32" t="str">
+        <v>Foncier_economique</v>
+      </c>
+      <c r="Z32" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Foncier_economique_6</v>
+      </c>
+      <c r="AA32" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA32" ca="1">TRANSPOSE(INDIRECT($Z32))</f>
+        <v>Obligations biodiversités liées au terrain_FONCE</v>
+      </c>
+    </row>
+    <row r="33" spans="17:30">
+      <c r="Q33" s="20" t="str">
+        <v>Autres_fonciers</v>
+      </c>
+      <c r="R33" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Autres_fonciers_1</v>
+      </c>
+      <c r="S33" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S33" ca="1">TRANSPOSE(INDIRECT(R33))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="Y33" t="str">
+        <v>Autres_fonciers</v>
+      </c>
+      <c r="Z33" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Autres_fonciers_6</v>
+      </c>
+      <c r="AA33" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA33" ca="1">TRANSPOSE(INDIRECT($Z33))</f>
+        <v>Obligations biodiversités liées au terrain_FONCAU</v>
+      </c>
+    </row>
+    <row r="34" spans="17:30">
+      <c r="Q34" s="20" t="str">
         <v>- Foncier_agricole
 - Foncier_economique</v>
       </c>
-      <c r="R32" s="28" t="e" cm="1">
-        <f t="array" aca="1" ref="R32" ca="1">TRANSPOSE(INDIRECT(Q32))</f>
+      <c r="R34" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>- Foncier_agricole
+- Foncier_economique_1</v>
+      </c>
+      <c r="S34" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S34" ca="1">TRANSPOSE(INDIRECT(R34))</f>
         <v>#REF!</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="Q33" s="27" t="str">
+      <c r="Y34" t="str">
+        <v>- Foncier_agricole
+- Foncier_economique</v>
+      </c>
+      <c r="Z34" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>- Foncier_agricole
+- Foncier_economique_6</v>
+      </c>
+      <c r="AA34" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA34" ca="1">TRANSPOSE(INDIRECT($Z34))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="35" spans="17:30">
+      <c r="Q35" s="20" t="str">
         <v>Amenagements_exterieurs_s</v>
       </c>
-      <c r="R33" s="28" t="str" cm="1">
-        <f t="array" aca="1" ref="R33:U33" ca="1">TRANSPOSE(INDIRECT(Q33))</f>
+      <c r="R35" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Amenagements_exterieurs_s_1</v>
+      </c>
+      <c r="S35" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S35:V35" ca="1">TRANSPOSE(INDIRECT(R35))</f>
         <v>Artificialisation_AMEEXT</v>
       </c>
-      <c r="S33" s="27" t="str">
+      <c r="T35" s="20" t="str">
         <f ca="1"/>
         <v>Réduction des îlots de chaleur (cumulatif)_AMEEXT</v>
       </c>
-      <c r="T33" s="27" t="str">
+      <c r="U35" s="20" t="str">
         <f ca="1"/>
         <v>Développement des modes de transports_AMEEXT</v>
       </c>
-      <c r="U33" s="27" t="str">
+      <c r="V35" s="20" t="str">
         <f ca="1"/>
         <v>Sobriété du projet (bonus)_AMEEXT</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="Q34" s="27" t="str">
+      <c r="Y35" t="str">
+        <v>Amenagements_exterieurs_s</v>
+      </c>
+      <c r="Z35" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Amenagements_exterieurs_s_6</v>
+      </c>
+      <c r="AA35" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA35:AD35" ca="1">TRANSPOSE(INDIRECT($Z35))</f>
+        <v>Artificialisation_AMEEXT</v>
+      </c>
+      <c r="AB35" t="str">
+        <f ca="1"/>
+        <v>Action directe sur la biodiversité_AMEEXT</v>
+      </c>
+      <c r="AC35" t="str">
+        <f ca="1"/>
+        <v>Création d'espaces à potentiel pour la biodiversité_AMEEXT</v>
+      </c>
+      <c r="AD35" t="str">
+        <f ca="1"/>
+        <v>Labellisation_AMEEXT</v>
+      </c>
+    </row>
+    <row r="36" spans="17:30">
+      <c r="Q36" s="20" t="str">
         <v>- Les_amenagements_exterieurs_s</v>
       </c>
-      <c r="R34" s="28" t="e" cm="1">
-        <f t="array" aca="1" ref="R34" ca="1">TRANSPOSE(INDIRECT(Q34))</f>
+      <c r="R36" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>- Les_amenagements_exterieurs_s_1</v>
+      </c>
+      <c r="S36" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S36" ca="1">TRANSPOSE(INDIRECT(R36))</f>
         <v>#REF!</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="R39" s="28"/>
+      <c r="Y36" t="str">
+        <v>- Les_amenagements_exterieurs_s</v>
+      </c>
+      <c r="Z36" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>- Les_amenagements_exterieurs_s_6</v>
+      </c>
+      <c r="AA36" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA36" ca="1">TRANSPOSE(INDIRECT($Z36))</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="37" spans="17:30">
+      <c r="Q37" s="20" t="str">
+        <v>Traitement_des_eaux_usées</v>
+      </c>
+      <c r="R37" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Traitement_des_eaux_usées_1</v>
+      </c>
+      <c r="S37" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S37" ca="1">TRANSPOSE(INDIRECT(R37))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="Y37" t="str">
+        <v>Traitement_des_eaux_usées</v>
+      </c>
+      <c r="Z37" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Traitement_des_eaux_usées_6</v>
+      </c>
+      <c r="AA37" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA37:AD37" ca="1">TRANSPOSE(INDIRECT($Z37))</f>
+        <v>Artificialisation des sols (définition ZAN)_EAUT</v>
+      </c>
+      <c r="AB37" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_EAUT</v>
+      </c>
+      <c r="AC37" t="str">
+        <f ca="1"/>
+        <v>Intégration de solutions de préservation et d'amélioration de la biodiversité (cumulatif)_EAUT</v>
+      </c>
+      <c r="AD37" t="str">
+        <f ca="1"/>
+        <v>Méthode de traitement_EAUT</v>
+      </c>
+    </row>
+    <row r="38" spans="17:30">
+      <c r="Q38" s="20" t="str">
+        <v>Réseau_eau</v>
+      </c>
+      <c r="R38" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>Réseau_eau_1</v>
+      </c>
+      <c r="S38" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="S38:T38" ca="1">TRANSPOSE(INDIRECT(R38))</f>
+        <v>Empreinte de l'installation (cumulatif)_EAUR</v>
+      </c>
+      <c r="T38" s="20" t="str">
+        <f ca="1"/>
+        <v>Sobriété du projet (bonus)_EAUR</v>
+      </c>
+      <c r="Y38" t="str">
+        <v>Réseau_eau</v>
+      </c>
+      <c r="Z38" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>Réseau_eau_6</v>
+      </c>
+      <c r="AA38" s="21" t="str" cm="1">
+        <f t="array" aca="1" ref="AA38:AB38" ca="1">TRANSPOSE(INDIRECT($Z38))</f>
+        <v>Artificialisation des sols (définition ZAN)_EAUR</v>
+      </c>
+      <c r="AB38" t="str">
+        <f ca="1"/>
+        <v>Prise en compte de la biodiversité dans la construction du projet_EAUR</v>
+      </c>
+    </row>
+    <row r="39" spans="17:30">
+      <c r="Q39" s="20" t="str">
+        <v>- traitement des eaux usées
+- Réseau d'eau</v>
+      </c>
+      <c r="R39" s="20" t="str">
+        <f t="shared" si="0"/>
+        <v>- traitement des eaux usées
+- Réseau d'eau_1</v>
+      </c>
+      <c r="S39" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="S39" ca="1">TRANSPOSE(INDIRECT(R39))</f>
+        <v>#REF!</v>
+      </c>
+      <c r="Y39" t="str">
+        <v>- traitement des eaux usées
+- Réseau d'eau</v>
+      </c>
+      <c r="Z39" s="20" t="str">
+        <f t="shared" si="1"/>
+        <v>- traitement des eaux usées
+- Réseau d'eau_6</v>
+      </c>
+      <c r="AA39" s="21" t="e" cm="1">
+        <f t="array" aca="1" ref="AA39" ca="1">TRANSPOSE(INDIRECT($Z39))</f>
+        <v>#REF!</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
-  <phoneticPr fontId="6" type="noConversion"/>
-[...2 lines deleted...]
-      <formula>$V$3&lt;&gt;0</formula>
+  <phoneticPr fontId="5" type="noConversion"/>
+  <conditionalFormatting sqref="Q3:V3 Q4:Q30 T4:V30 R4:S39">
+    <cfRule type="expression" dxfId="7" priority="5">
+      <formula>$W$3&lt;&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="V3:V30">
-    <cfRule type="cellIs" dxfId="0" priority="1" operator="greaterThan">
+  <conditionalFormatting sqref="W3:W30">
+    <cfRule type="cellIs" dxfId="6" priority="4" operator="greaterThan">
       <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="Y3 AA3:AD3 AA4:AA39">
+    <cfRule type="expression" dxfId="5" priority="3">
+      <formula>$W$3&lt;&gt;0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AE3:AF3">
+    <cfRule type="cellIs" dxfId="4" priority="2" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="Z3:Z39">
+    <cfRule type="expression" dxfId="3" priority="1">
+      <formula>$W$3&lt;&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A S 3 2 U W V M R q G W m A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w A E W v Q r r T l p o Q I a U M J k 6 S G E 2 M a 1 M K N E I x b b H c z c E j e Q U x i r o 5 / v f f 8 P / 9 e q P 5 2 L X B R R q r e p 2 B C G I Q S C 3 6 U u k 6 A 4 O r w i X I G d 1 y c e K 1 D C Z Z 2 3 S 0 Z Q Y a 5 8 4 p Q t 5 7 6 B e w N z U i G E f o W G z 2 o p E d B x 9 Z / Z d D p a 3 j W k j A 6 O E 1 h h G Y x D B K 4 p h A T N F M a a H 0 1 y D T 4 G f 7 A + l q a N 1 g J K t M u N 5 R N E e K 3 i f Y A 1 B L A w Q U A A I A C A B L f Z R Z D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A S 3 2 U W S i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A S 3 2 U W V M R q G W m A A A A 9 w A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A E t 9 l F k P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A S 3 2 U W S i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A F f E y f D g a H l C i U Q v 8 E C u f R 0 A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A O y J 3 + z M p i a W n 9 x J i F w b k h g A A A A A E g A A A o A A A A B A A A A B 8 o a d k E + L z y b C b E h Z 0 R 1 u Y U A A A A A 7 4 h s I m m H u D Y p c 5 X K y F m n X l V w M w d P A b L c y s y p T J c h o v Y 5 Q B O i 1 k S e C G 0 M m s Y n 9 V t t C G c J 8 7 N e g z X L 4 + D r K I / 1 Q / K 5 q r G N m J Z l e i 8 c Y m G J U 5 F A A A A O w 1 z K r F r N A l n h y n H t e I 9 2 i m 9 t j Q < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4905B37E-F5EE-47C0-8826-9329609B2AD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>44</vt:i4>
+        <vt:i4>69</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="47" baseType="lpstr">
+    <vt:vector size="72" baseType="lpstr">
       <vt:lpstr>Evaluation</vt:lpstr>
       <vt:lpstr>Grille</vt:lpstr>
       <vt:lpstr>data</vt:lpstr>
       <vt:lpstr>Achat\Entretien_vehicules</vt:lpstr>
       <vt:lpstr>Agriculture_et_alimentation</vt:lpstr>
       <vt:lpstr>Amenagements_exterieurs</vt:lpstr>
-      <vt:lpstr>Amenagements_exterieurs_s</vt:lpstr>
+      <vt:lpstr>Amenagements_exterieurs_s_1</vt:lpstr>
+      <vt:lpstr>Amenagements_exterieurs_s_6</vt:lpstr>
+      <vt:lpstr>Autres_fonciers_6</vt:lpstr>
       <vt:lpstr>Batiment</vt:lpstr>
       <vt:lpstr>Batiment2</vt:lpstr>
       <vt:lpstr>Catégorie</vt:lpstr>
-      <vt:lpstr>Construction_de_batiment_economique</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Dispositifs_agricoles</vt:lpstr>
+      <vt:lpstr>Construction_de_batiment_economique_1</vt:lpstr>
+      <vt:lpstr>Construction_de_batiment_economique_6</vt:lpstr>
+      <vt:lpstr>Construction_nouveaux_batiments_municipaux_intercommunaux_1</vt:lpstr>
+      <vt:lpstr>Construction_nouveaux_batiments_municipaux_intercommunaux_6</vt:lpstr>
+      <vt:lpstr>Dispositifs_agricoles_1</vt:lpstr>
+      <vt:lpstr>Dispositifs_agricoles_6</vt:lpstr>
+      <vt:lpstr>Eau</vt:lpstr>
       <vt:lpstr>Equipements</vt:lpstr>
-      <vt:lpstr>Equipements_electroniques</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Equipements_et_infrastructures_de_traitement</vt:lpstr>
+      <vt:lpstr>Equipements_electroniques_et_electromenagers_1</vt:lpstr>
+      <vt:lpstr>Equipements_et_infrastructures_de_collecte_1</vt:lpstr>
+      <vt:lpstr>Equipements_et_infrastructures_de_collecte_6</vt:lpstr>
+      <vt:lpstr>Equipements_et_infrastructures_de_traitement_1</vt:lpstr>
+      <vt:lpstr>Equipements_et_infrastructures_de_traitement_6</vt:lpstr>
       <vt:lpstr>Foncier</vt:lpstr>
-      <vt:lpstr>Foret_et_bois</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>La_construction_de_voirie</vt:lpstr>
+      <vt:lpstr>Foncier_agricole_6</vt:lpstr>
+      <vt:lpstr>Foncier_economique_6</vt:lpstr>
+      <vt:lpstr>Foret_et_bois_1</vt:lpstr>
+      <vt:lpstr>Foret_et_bois_6</vt:lpstr>
+      <vt:lpstr>Infrastructures_production_d_energie_1</vt:lpstr>
+      <vt:lpstr>L_entretien_de_voirie_1</vt:lpstr>
+      <vt:lpstr>L_entretien_de_voirie_6</vt:lpstr>
+      <vt:lpstr>La_construction_de_voirie_1</vt:lpstr>
+      <vt:lpstr>La_construction_de_voirie_6</vt:lpstr>
       <vt:lpstr>Les_aides_aux_exploitations_agricole</vt:lpstr>
-      <vt:lpstr>Les_equipements_immobiliers</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>Restauration</vt:lpstr>
+      <vt:lpstr>Les_equipements_immobiliers_1</vt:lpstr>
+      <vt:lpstr>Les_equipements_immobiliers_6</vt:lpstr>
+      <vt:lpstr>Les_equipements_mobiliers_1</vt:lpstr>
+      <vt:lpstr>Les_equipements_vegetaux_1</vt:lpstr>
+      <vt:lpstr>Les_equipements_vegetaux_6</vt:lpstr>
+      <vt:lpstr>Materiel_et_outils_technique_1</vt:lpstr>
+      <vt:lpstr>Rehabilitation\renovation_de_batiment_economique_1</vt:lpstr>
+      <vt:lpstr>Rehabilitation\renovation_de_batiment_economique_6</vt:lpstr>
+      <vt:lpstr>Rehabilitation_batiments_municipaux_intercommunaux_1</vt:lpstr>
+      <vt:lpstr>Rehabilitation_batiments_municipaux_intercommunaux_6</vt:lpstr>
+      <vt:lpstr>Renovation_des_batiments_municipaux_intercommunaux_1</vt:lpstr>
+      <vt:lpstr>Renovation_des_batiments_municipaux_intercommunaux_6</vt:lpstr>
+      <vt:lpstr>Réseau_eau_1</vt:lpstr>
+      <vt:lpstr>Réseau_eau_6</vt:lpstr>
+      <vt:lpstr>Reseaux_1</vt:lpstr>
+      <vt:lpstr>Reseaux_6</vt:lpstr>
+      <vt:lpstr>Reseaux_eclairage_public_1</vt:lpstr>
+      <vt:lpstr>Reseaux_eclairage_public_6</vt:lpstr>
+      <vt:lpstr>Restauration_1</vt:lpstr>
+      <vt:lpstr>Restauration_6</vt:lpstr>
       <vt:lpstr>souscat1</vt:lpstr>
       <vt:lpstr>souscat2</vt:lpstr>
       <vt:lpstr>souscat3</vt:lpstr>
       <vt:lpstr>souscat4</vt:lpstr>
       <vt:lpstr>souscat5</vt:lpstr>
       <vt:lpstr>souscat6</vt:lpstr>
       <vt:lpstr>souscat7</vt:lpstr>
       <vt:lpstr>souscat8</vt:lpstr>
+      <vt:lpstr>souscat9</vt:lpstr>
       <vt:lpstr>test1</vt:lpstr>
       <vt:lpstr>Traitement_dechets</vt:lpstr>
-      <vt:lpstr>Travaux_amelioration_batiments\infrastructures</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Vehicules_lourds</vt:lpstr>
+      <vt:lpstr>Traitement_des_eaux_usées_6</vt:lpstr>
+      <vt:lpstr>Travaux_amelioration_batiments\infrastructures_1</vt:lpstr>
+      <vt:lpstr>Vehicules_legers_1</vt:lpstr>
+      <vt:lpstr>Vehicules_lourds_1</vt:lpstr>
       <vt:lpstr>Voirie_et_reseaux</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Baptiste VIGNAL</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>